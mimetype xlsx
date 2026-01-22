--- v0 (2025-10-22)
+++ v1 (2026-01-22)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1598" uniqueCount="762">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1902" uniqueCount="904">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -666,50 +666,74 @@
   <si>
     <t>799</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/799/req_050_2025.pdf</t>
   </si>
   <si>
     <t>Pedido de informações acerca da contratação de carros-pipa para abastecimento de água nas comunidades.</t>
   </si>
   <si>
     <t>800</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/800/req_051_2025.pdf</t>
   </si>
   <si>
     <t>Pedido de informações acerca da execução do programa PDDE Água, voltado à perfuração de poços nas unidades escolares do município de Luís Correia.</t>
   </si>
   <si>
+    <t>819</t>
+  </si>
+  <si>
+    <t>52</t>
+  </si>
+  <si>
+    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/819/req_052_2025.pdf</t>
+  </si>
+  <si>
+    <t>Solicita informações à Secretaria Municipal de Infraestrutura, Obras e Serviços Urbanos, e à Secretaria Municipal de Desenvolvimento Social, sobre a retirada e o plano de realocação de ambulantes instalados em logradouros públicos.</t>
+  </si>
+  <si>
+    <t>835</t>
+  </si>
+  <si>
+    <t>53</t>
+  </si>
+  <si>
+    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/835/req_053_2025.pdf</t>
+  </si>
+  <si>
+    <t>Solicitação de recuperação da estrada vicinal que liga as localidades Carneiro, Poção, Patos e São João da Praia.</t>
+  </si>
+  <si>
     <t>612</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/612/pl_001_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a reorganização administrativa da Câmara Municipal de Luís Correia e dá outras providências.</t>
   </si>
   <si>
     <t>610</t>
   </si>
   <si>
     <t>Maria das Dores Fontenele Brito</t>
   </si>
   <si>
     <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/610/pl_002_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a adequação da remuneração dos servidores da rede municipal da cidade de Luís Correia-PI, para o ano de 2025, e dá outras providências.</t>
@@ -1017,65 +1041,143 @@
   <si>
     <t>Dispõe sobre o Plano Plurianual (PPA) para o Quadriênio 2026-2029.</t>
   </si>
   <si>
     <t>785</t>
   </si>
   <si>
     <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/785/pl_035_loa_2026_-_completa.pdf</t>
   </si>
   <si>
     <t>Estima a Receita e Fixa a Despesa do Orçamento do Município de Luís Correia - PI, para o Exercício Financeiro de 2026.</t>
   </si>
   <si>
     <t>786</t>
   </si>
   <si>
     <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/786/pl_036_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Conselho Municipal dos Direitos da Pessoa Idosa, Fundo Municipal da Pessoa Idosa e dá outras providências.</t>
   </si>
   <si>
     <t>794</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/794/pl_037_2025.pdf</t>
+    <t>https://sapl.luiscorreia.pi.leg.br/media/</t>
   </si>
   <si>
     <t>Institui o Incentivo Financeiro Variável de pagamento do Componente de Vínculo e Acompanhamento e do Componente de Qualidade aos profissionais da Atenção Primária à Saúde do Município de Luís Correia - PI, com base na Portaria GM/MS nº 3.493, de 10 de abril de 2024, e dá outras providências.</t>
   </si>
   <si>
     <t>795</t>
   </si>
   <si>
     <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/795/pl_038_2025.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Utilidade Pública Municipal ao Instituto de Desenvolvimento Integral - IDI e dá outras providências.</t>
   </si>
   <si>
+    <t>815</t>
+  </si>
+  <si>
+    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/815/pl_039.pdf</t>
+  </si>
+  <si>
+    <t>Institui o Programa de Benefício Fiscal – REFIS, no município de Luís Correia – PI.</t>
+  </si>
+  <si>
+    <t>818</t>
+  </si>
+  <si>
+    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/818/pl_040_2025.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza a abertura de crédito especial no orçamento do exercício de 2025, para atendimento de despesas com a implementação de educação em tempo integral, conforme diretrizes da Portaria MEC nº 605/2025, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>846</t>
+  </si>
+  <si>
+    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/846/pl_041_2025.pdf</t>
+  </si>
+  <si>
+    <t>Institui a Taxa de Serviços de Coleta, Transporte e Disposição Final de Resíduos Sólidos Domiciliares - TCRD e dá outras providências.</t>
+  </si>
+  <si>
+    <t>825</t>
+  </si>
+  <si>
+    <t>PDL</t>
+  </si>
+  <si>
+    <t>Projeto de Decreto Legislativo</t>
+  </si>
+  <si>
+    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/825/pdl_004_2025.pdf</t>
+  </si>
+  <si>
+    <t>Concede título de cidadão do município de Luís Correia, estado do Piauí, a ilustre ambientalista Liliana Oliveira Souza e da outra providenciais.</t>
+  </si>
+  <si>
+    <t>826</t>
+  </si>
+  <si>
+    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/826/pdl_005_2025.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a concessão de título de cidadania luiscorreiense, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>827</t>
+  </si>
+  <si>
+    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/827/pdl_006_2025.pdf</t>
+  </si>
+  <si>
+    <t>841</t>
+  </si>
+  <si>
+    <t>Gabriel Araújo, Renato Araújo</t>
+  </si>
+  <si>
+    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/841/pdl_007_2025.pdf</t>
+  </si>
+  <si>
+    <t>842</t>
+  </si>
+  <si>
+    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/842/pdl_008_2025.pdf</t>
+  </si>
+  <si>
+    <t>843</t>
+  </si>
+  <si>
+    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/843/pdl_009_2025.pdf</t>
+  </si>
+  <si>
     <t>625</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/625/ind_001_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instituição do Programa de Aração Rural no Município de Luís Correia e dá outras providências.</t>
   </si>
   <si>
     <t>649</t>
   </si>
   <si>
     <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/649/ind_002_2025.pdf</t>
   </si>
   <si>
     <t>Indico ao Poder Executivo Municipal que sejam envidados esforços junto aos órgãos competentes para a implantação de uma base descentralizada dos Correios no povoado Brejinho, neste município.</t>
   </si>
   <si>
     <t>650</t>
@@ -2269,50 +2371,375 @@
     <t>Indicando que seja encaminhado a Sra. Prefeita Municipal, com cópia à Secretaria de Obras, Transportes e Serviços Urbanos, a pavimentação poliédrica da Rua Francisco Gomes, localizada no Bairro Coqueiro, na zona urbana de Luís Correia.</t>
   </si>
   <si>
     <t>807</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
     <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/807/ind_137_2025.pdf</t>
   </si>
   <si>
     <t>Indicando que seja encaminhado a Sra. Prefeita Municipal, com cópia à Secretaria de Obras, Transportes e Serviços Urbanos, a pavimentação poliédrica da Rua Projetada 64, localizada no Bairro Coqueiro, na zona urbana de Luís Correia.</t>
   </si>
   <si>
     <t>808</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
     <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/808/ind_138_2025.pdf</t>
   </si>
   <si>
     <t>Indicando que seja encaminhado a Sra. Prefeita Municipal, com cópia à Secretaria de Obras, Transportes e Serviços Urbanos, a pavimentação poliédrica da Rua Projetada 30, localizada no Barro Preto, na zona urbana de Luís Correia.</t>
+  </si>
+  <si>
+    <t>809</t>
+  </si>
+  <si>
+    <t>139</t>
+  </si>
+  <si>
+    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/809/ind_139_2025.pdf</t>
+  </si>
+  <si>
+    <t>Indica que seja realizada com urgência a reforma e recuperação estrutural do chafariz da Comunidade Ribeira, zona rural do município de Luís Correia – PI.</t>
+  </si>
+  <si>
+    <t>810</t>
+  </si>
+  <si>
+    <t>140</t>
+  </si>
+  <si>
+    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/810/ind_140_2025.pdf</t>
+  </si>
+  <si>
+    <t>Indica a recuperação asfáltica e instalação de um sistema de drenagem de águas pluviais no cruzamento entre as ruas Josias Correia e Francisco Carlindo e também na rua Estudante José Patriotino</t>
+  </si>
+  <si>
+    <t>811</t>
+  </si>
+  <si>
+    <t>141</t>
+  </si>
+  <si>
+    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/811/ind_141_2025.pdf</t>
+  </si>
+  <si>
+    <t>Indica que a Sra. Prefeita Municipal, interceda junto ao governo do Estado do Piauí no intuito de disponibilizar caminhão castramóvel, para realizar serviços de castração animais (gatos e cachorros) na cidade de Luis Correia.</t>
+  </si>
+  <si>
+    <t>812</t>
+  </si>
+  <si>
+    <t>142</t>
+  </si>
+  <si>
+    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/812/ind_142_2025.pdf</t>
+  </si>
+  <si>
+    <t>Indica proposta para implementação de um Parque Infantil na Creche Raio de Sol, localizada na Comunidade de Carapebas, Zona Rural do Município de Luis Correia-PI</t>
+  </si>
+  <si>
+    <t>813</t>
+  </si>
+  <si>
+    <t>143</t>
+  </si>
+  <si>
+    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/813/ind_143_2025.pdf</t>
+  </si>
+  <si>
+    <t>Indica para que providencie a limpeza da Rua Calêndolas, Bairro Peito de Moça, conjunto Brisa Mar, Luís Correia-PI.</t>
+  </si>
+  <si>
+    <t>814</t>
+  </si>
+  <si>
+    <t>144</t>
+  </si>
+  <si>
+    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/814/ind_144_2025.pdf</t>
+  </si>
+  <si>
+    <t>Solicita providências urgentes quanto às condições das mães e crianças autistas que aguardam atendimento na Secretária Municipal de Saúde de Luis Correia</t>
+  </si>
+  <si>
+    <t>816</t>
+  </si>
+  <si>
+    <t>145</t>
+  </si>
+  <si>
+    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/816/ind_145_2025.pdf</t>
+  </si>
+  <si>
+    <t>Indica a criação de um “Sistema de Numeração e Mapeamento de Postes de Iluminação Pública”, no Município de Luís Correia</t>
+  </si>
+  <si>
+    <t>817</t>
+  </si>
+  <si>
+    <t>146</t>
+  </si>
+  <si>
+    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/817/ind_146_2025.pdf</t>
+  </si>
+  <si>
+    <t>Solicitação de Limpeza do Bairro Residencial Brisamar.</t>
+  </si>
+  <si>
+    <t>820</t>
+  </si>
+  <si>
+    <t>147</t>
+  </si>
+  <si>
+    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/820/ind_147_2025.pdf</t>
+  </si>
+  <si>
+    <t>Indica obra de pavimentação poliédrica localizada no bairro Coqueiro da Praia.</t>
+  </si>
+  <si>
+    <t>821</t>
+  </si>
+  <si>
+    <t>148</t>
+  </si>
+  <si>
+    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/821/ind_148_2025.pdf</t>
+  </si>
+  <si>
+    <t>Indica instalação de uma academia comunitária no balão da Avenida Carlos Alberto Justino de Carvalho, no bairro Coqueiro da Praia.</t>
+  </si>
+  <si>
+    <t>822</t>
+  </si>
+  <si>
+    <t>149</t>
+  </si>
+  <si>
+    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/822/ind_149_2025.pdf</t>
+  </si>
+  <si>
+    <t>Indica uma obra de revitalização e povoamento da Lagoa do Sobradinho - zona rural de Luís Correia-PI.</t>
+  </si>
+  <si>
+    <t>823</t>
+  </si>
+  <si>
+    <t>150</t>
+  </si>
+  <si>
+    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/823/ind_150_2025.pdf</t>
+  </si>
+  <si>
+    <t>Solicita à Prefeitura Municipal de Luís Correia a revitalização do teto da quadra de esportes da Unidade Escolar Deputado Pinheiro Machado (Bairro Rancho Alegre).</t>
+  </si>
+  <si>
+    <t>824</t>
+  </si>
+  <si>
+    <t>151</t>
+  </si>
+  <si>
+    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/824/ind_151_2025.pdf</t>
+  </si>
+  <si>
+    <t>Revitalização da iluminação pública da Rua Francisco Eduardo (Bairro Cearazinho).</t>
+  </si>
+  <si>
+    <t>836</t>
+  </si>
+  <si>
+    <t>152</t>
+  </si>
+  <si>
+    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/836/ind_152_2025.pdf</t>
+  </si>
+  <si>
+    <t>Construção do calçamento da Rua Oeiras, no trecho que faz o cruzamento da Rua Parnaíba à Rua Cocal, no bairro Atalaia, em Luís Correia - PI._x000D_
+Revitalização da iluminação pública na referida via (Rua Oeiras), com instalação/substituição de iluminação adequada em quatro portes.</t>
+  </si>
+  <si>
+    <t>837</t>
+  </si>
+  <si>
+    <t>153</t>
+  </si>
+  <si>
+    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/837/ind_153_2025.pdf</t>
+  </si>
+  <si>
+    <t>A criação do Serviço Municipal de Correção Animal, responsável pelo recolhimento, guarda e destinação adequada de animais de grande porte soltos nas vias públicas, tais como cavalos, gado e jumentos.</t>
+  </si>
+  <si>
+    <t>838</t>
+  </si>
+  <si>
+    <t>154</t>
+  </si>
+  <si>
+    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/838/ind_154_2025.pdf</t>
+  </si>
+  <si>
+    <t>Elevação do calcamento na rua São José, Bairro Centro.</t>
+  </si>
+  <si>
+    <t>839</t>
+  </si>
+  <si>
+    <t>155</t>
+  </si>
+  <si>
+    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/839/ind_155_2025.pdf</t>
+  </si>
+  <si>
+    <t>Viabilizado o retorno do atendimento do Serviço de Atendimento Móvel de Urgência (SAMU) à região do Brejinho, pelo menos nos finais de semana, como ocorria anteriormente.</t>
+  </si>
+  <si>
+    <t>840</t>
+  </si>
+  <si>
+    <t>156</t>
+  </si>
+  <si>
+    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/840/ind_156_2025.pdf</t>
+  </si>
+  <si>
+    <t>Requerendo que seja providenciada a contratação de três vigilantes noturnos para a Unidade Básica de Saúde (UBS) do Pé da Serra.</t>
+  </si>
+  <si>
+    <t>844</t>
+  </si>
+  <si>
+    <t>157</t>
+  </si>
+  <si>
+    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/844/ind_157_2025.pdf</t>
+  </si>
+  <si>
+    <t>Instalação da bomba e a implantação da rede de distribuição de água no Parque de Exposição do Brejinho.</t>
+  </si>
+  <si>
+    <t>845</t>
+  </si>
+  <si>
+    <t>158</t>
+  </si>
+  <si>
+    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/845/ind_158_2025.pdf</t>
+  </si>
+  <si>
+    <t>Indica a realização, com urgência, de ações de limpeza, manutenção e recuperação estrutural no Parque de Exposição do Brejinho.</t>
+  </si>
+  <si>
+    <t>832</t>
+  </si>
+  <si>
+    <t>PAR</t>
+  </si>
+  <si>
+    <t>Parecer</t>
+  </si>
+  <si>
+    <t>CLJR - Comissão de Legislação, Justiça e Redação Final</t>
+  </si>
+  <si>
+    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/832/parecer_da_comissao_legislacao_justica_e_redacao_final_pl_37.pdf</t>
+  </si>
+  <si>
+    <t>Parecer da Comissão Legislação, Justiça e Redação Final PL 37</t>
+  </si>
+  <si>
+    <t>833</t>
+  </si>
+  <si>
+    <t>COF - Comissão de Orçamento, Finanças, Controle e Fiscalização</t>
+  </si>
+  <si>
+    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/833/comissao_de_orcamento_financas_controle_e_fiscalizacao_pl_37.pdf</t>
+  </si>
+  <si>
+    <t>Comissão de Orçamento, Finanças, Controle e Fiscalização PL 37</t>
+  </si>
+  <si>
+    <t>834</t>
+  </si>
+  <si>
+    <t>CEC - Comissão de Educação, Cultura, Esporte, Lazer, da Seguridade</t>
+  </si>
+  <si>
+    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/834/comissao_de_seguranca_social_e_defesa_dos_direitos_humanos._pl_37.pdf</t>
+  </si>
+  <si>
+    <t>Comissão de Segurança Social e Defesa dos Direitos Humanos. PL 37</t>
+  </si>
+  <si>
+    <t>828</t>
+  </si>
+  <si>
+    <t>EMD</t>
+  </si>
+  <si>
+    <t>Emenda</t>
+  </si>
+  <si>
+    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/828/emenda_01_pl_37.pdf</t>
+  </si>
+  <si>
+    <t>Emenda 01 PL 37</t>
+  </si>
+  <si>
+    <t>829</t>
+  </si>
+  <si>
+    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/829/emenda_02_pl_37.pdf</t>
+  </si>
+  <si>
+    <t>Emenda 02 PL 37</t>
+  </si>
+  <si>
+    <t>830</t>
+  </si>
+  <si>
+    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/830/emenda_03_pl_37.pdf</t>
+  </si>
+  <si>
+    <t>Emenda 03 PL 37</t>
+  </si>
+  <si>
+    <t>831</t>
+  </si>
+  <si>
+    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/831/emenda_modificativa_02_2025.pdf</t>
+  </si>
+  <si>
+    <t>Emenda modificativa 02 2025 ao PL 037</t>
   </si>
   <si>
     <t>737</t>
   </si>
   <si>
     <t>VETO</t>
   </si>
   <si>
     <t>Razões do Veto</t>
   </si>
   <si>
     <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/737/mensagem_de_veto_as_emendas_ao_pl_019_2025.pdf</t>
   </si>
   <si>
     <t>Veto as emendas mencionadas referentes ao Projeto de Lei nº 019/2025 de autoria do Poder Executivo.</t>
   </si>
   <si>
     <t>736</t>
   </si>
   <si>
     <t>SUB</t>
   </si>
   <si>
     <t>Substitutivo</t>
   </si>
@@ -2643,68 +3070,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/615/req_001_2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/616/req_002_2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/617/req_003_2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/618/req_004_2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/619/req_005_2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/620/req_006_2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/621/req_007_2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/622/req_008_2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/623/req_009_2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/627/req_010_2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/628/req_011_2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/629/req_012_2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/630/req_013_2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/631/req_014_2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/632/req_015_2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/639/req_016_2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/699/req_017_2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/700/req_018_2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/640/req_019_2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/641/req_020_2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/642/req_021_2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/643/req_022_2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/644/req_023_2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/645/req_024_2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/646/req_025_2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/647/req_026_2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/648/req_027_2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/701/req_028_2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/702/req_029_2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/703/req_030_2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/704/req_031_2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/705/req_032_2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/706/req_034_2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/707/req_035_2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/708/req_036_2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/709/req_037_2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/710/req_038_2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/731/req_039_2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/732/req_040_2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/742/req_041_2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/743/req_042_2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/744/req_043_2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/760/req_045_2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/761/req_046_2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/762/req_047_2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/771/req_048_2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/772/req_049_2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/799/req_050_2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/800/req_051_2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/612/pl_001_2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/610/pl_002_2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/611/pl_003_2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/613/pl_004_2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/614/pl_005_2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/624/pl_006_2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/626/pl_007_2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/633/pl_008_2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/634/pl_009_2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/635/pl_010_2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/636/pl_011_2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/638/pl_012_2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/637/pl_013_2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/734/pl_014_2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/679/pl_015_2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/735/pl_016_2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/682/pl_017_2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/680/pl_018_2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/681/pl_019_2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/715/pl_020_2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/716/pl_021_2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/733/pl_022_2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/683/pl_023_2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/729/pl_024_2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/730/pl_025_2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/741/pl_026_2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/778/pl_027_2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/768/pl_028_2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/779/pl_029_2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/780/pl_030_2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/781/pl_031_2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/782/pl_032_2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/783/pl_033_2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/784/pl_034_ppa_2026_a_2029_completo.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/785/pl_035_loa_2026_-_completa.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/786/pl_036_2025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/794/pl_037_2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/795/pl_038_2025.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/625/ind_001_2025.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/649/ind_002_2025.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/650/ind_003_2025.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/651/ind_004_2025.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/652/ind_005_2025.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/653/ind_006_2025.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/654/ind_007_2025.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/655/ind_008_2025.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/656/ind_009_2025.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/657/ind_010_2025.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/658/ind_011_2025.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/659/ind_012_2025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/660/ind_013_2025.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/661/ind_014_2025.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/662/ind_015_2025.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/663/ind_016_2025.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/664/ind_017_2025.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/665/ind_018_2025.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/666/ind_019_2025.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/667/ind_020_2025.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/668/ind_021_2025.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/669/ind_022_2025.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/670/ind_023_2025.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/671/ind_024_2025.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/672/ind_025_2025.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/673/ind_026_2025.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/674/ind_027_2025.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/675/ind_028_2025.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/676/ind_029_2025.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/677/ind_030_2025.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/678/ind_031_2025.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/690/ind_060_2025.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/691/ind_061_2025.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/692/ind_062_2025.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/693/ind_063_2025.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/694/ind_064_2025.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/695/ind_065_2025.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/696/ind_066_2025.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/697/ind_067_2025.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/698/ind_068_2025.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/777/ind_069_2025.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/684/ind_070_2025.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/685/ind_071_2025.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/686/ind_072_2025.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/687/ind_073_2025.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/688/ind_074_2025.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/689/ind_075_2025.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/711/ind_076_2025.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/712/ind_077_2025.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/713/ind_078_2025.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/714/ind_079_2025.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/717/ind_080_2025.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/718/ind_081_2025.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/719/ind_082_2025.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/720/ind_083_2025.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/721/ind_084_2025.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/722/ind_085_2025.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/723/ind_086_2025.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/724/ind_087_2025.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/725/ind_088_2025.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/726/ind_089_2025.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/727/ind_090_2025.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/728/ind_091_2025.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/738/ind_092_2025.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/739/ind_093_2025.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/740/ind_094_2025.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/745/ind_095_2025.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/746/ind_096_2025.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/747/ind_097_2025.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/748/ind_098_2025.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/749/ind_099_2025.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/750/ind_100_2025.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/751/ind_101_2025.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/752/ind_102_2025.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/753/ind_103_2025.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/754/ind_104_2025.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/755/ind_105_2025.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/756/ind_106_2025.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/757/ind_107_2025.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/758/ind_108_2025.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/759/ind_109_2025.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/763/ind_110_2025.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/764/ind_111_2025.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/765/ind_112_2025.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/766/ind_113_2025.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/767/ind_114_2025.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/769/ind_115_2025.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/770/ind_116_2025.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/773/ind_117_2025.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/774/ind_118_2025.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/775/ind_119_2025.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/776/ind_120_2025.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/787/ind_121_2025.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/788/ind_122_2025.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/789/ind_123_2025.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/790/ind_124_2025.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/791/ind_125_2025.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/792/ind_126_2025.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/793/ind_127_2025.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/796/ind_128_2025.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/797/ind_129_2025.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/798/ind_130_2025.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/801/ind_131_2025.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/802/ind_132_2025.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/803/ind_133_2025.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/804/ind_134_2025.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/805/ind_135_2025.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/806/ind_136_2025.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/807/ind_137_2025.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/808/ind_138_2025.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/737/mensagem_de_veto_as_emendas_ao_pl_019_2025.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/736/pl_subs_001_2025.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/615/req_001_2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/616/req_002_2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/617/req_003_2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/618/req_004_2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/619/req_005_2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/620/req_006_2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/621/req_007_2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/622/req_008_2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/623/req_009_2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/627/req_010_2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/628/req_011_2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/629/req_012_2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/630/req_013_2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/631/req_014_2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/632/req_015_2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/639/req_016_2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/699/req_017_2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/700/req_018_2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/640/req_019_2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/641/req_020_2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/642/req_021_2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/643/req_022_2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/644/req_023_2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/645/req_024_2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/646/req_025_2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/647/req_026_2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/648/req_027_2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/701/req_028_2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/702/req_029_2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/703/req_030_2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/704/req_031_2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/705/req_032_2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/706/req_034_2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/707/req_035_2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/708/req_036_2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/709/req_037_2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/710/req_038_2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/731/req_039_2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/732/req_040_2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/742/req_041_2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/743/req_042_2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/744/req_043_2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/760/req_045_2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/761/req_046_2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/762/req_047_2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/771/req_048_2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/772/req_049_2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/799/req_050_2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/800/req_051_2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/819/req_052_2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/835/req_053_2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/612/pl_001_2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/610/pl_002_2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/611/pl_003_2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/613/pl_004_2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/614/pl_005_2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/624/pl_006_2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/626/pl_007_2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/633/pl_008_2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/634/pl_009_2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/635/pl_010_2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/636/pl_011_2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/638/pl_012_2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/637/pl_013_2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/734/pl_014_2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/679/pl_015_2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/735/pl_016_2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/682/pl_017_2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/680/pl_018_2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/681/pl_019_2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/715/pl_020_2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/716/pl_021_2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/733/pl_022_2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/683/pl_023_2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/729/pl_024_2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/730/pl_025_2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/741/pl_026_2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/778/pl_027_2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/768/pl_028_2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/779/pl_029_2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/780/pl_030_2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/781/pl_031_2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/782/pl_032_2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/783/pl_033_2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/784/pl_034_ppa_2026_a_2029_completo.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/785/pl_035_loa_2026_-_completa.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/786/pl_036_2025.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/795/pl_038_2025.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/815/pl_039.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/818/pl_040_2025.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/846/pl_041_2025.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/825/pdl_004_2025.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/826/pdl_005_2025.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/827/pdl_006_2025.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/841/pdl_007_2025.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/842/pdl_008_2025.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/843/pdl_009_2025.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/625/ind_001_2025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/649/ind_002_2025.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/650/ind_003_2025.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/651/ind_004_2025.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/652/ind_005_2025.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/653/ind_006_2025.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/654/ind_007_2025.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/655/ind_008_2025.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/656/ind_009_2025.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/657/ind_010_2025.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/658/ind_011_2025.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/659/ind_012_2025.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/660/ind_013_2025.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/661/ind_014_2025.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/662/ind_015_2025.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/663/ind_016_2025.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/664/ind_017_2025.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/665/ind_018_2025.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/666/ind_019_2025.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/667/ind_020_2025.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/668/ind_021_2025.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/669/ind_022_2025.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/670/ind_023_2025.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/671/ind_024_2025.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/672/ind_025_2025.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/673/ind_026_2025.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/674/ind_027_2025.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/675/ind_028_2025.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/676/ind_029_2025.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/677/ind_030_2025.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/678/ind_031_2025.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/690/ind_060_2025.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/691/ind_061_2025.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/692/ind_062_2025.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/693/ind_063_2025.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/694/ind_064_2025.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/695/ind_065_2025.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/696/ind_066_2025.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/697/ind_067_2025.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/698/ind_068_2025.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/777/ind_069_2025.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/684/ind_070_2025.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/685/ind_071_2025.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/686/ind_072_2025.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/687/ind_073_2025.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/688/ind_074_2025.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/689/ind_075_2025.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/711/ind_076_2025.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/712/ind_077_2025.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/713/ind_078_2025.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/714/ind_079_2025.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/717/ind_080_2025.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/718/ind_081_2025.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/719/ind_082_2025.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/720/ind_083_2025.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/721/ind_084_2025.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/722/ind_085_2025.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/723/ind_086_2025.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/724/ind_087_2025.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/725/ind_088_2025.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/726/ind_089_2025.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/727/ind_090_2025.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/728/ind_091_2025.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/738/ind_092_2025.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/739/ind_093_2025.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/740/ind_094_2025.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/745/ind_095_2025.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/746/ind_096_2025.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/747/ind_097_2025.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/748/ind_098_2025.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/749/ind_099_2025.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/750/ind_100_2025.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/751/ind_101_2025.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/752/ind_102_2025.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/753/ind_103_2025.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/754/ind_104_2025.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/755/ind_105_2025.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/756/ind_106_2025.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/757/ind_107_2025.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/758/ind_108_2025.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/759/ind_109_2025.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/763/ind_110_2025.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/764/ind_111_2025.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/765/ind_112_2025.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/766/ind_113_2025.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/767/ind_114_2025.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/769/ind_115_2025.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/770/ind_116_2025.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/773/ind_117_2025.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/774/ind_118_2025.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/775/ind_119_2025.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/776/ind_120_2025.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/787/ind_121_2025.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/788/ind_122_2025.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/789/ind_123_2025.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/790/ind_124_2025.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/791/ind_125_2025.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/792/ind_126_2025.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/793/ind_127_2025.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/796/ind_128_2025.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/797/ind_129_2025.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/798/ind_130_2025.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/801/ind_131_2025.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/802/ind_132_2025.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/803/ind_133_2025.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/804/ind_134_2025.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/805/ind_135_2025.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/806/ind_136_2025.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/807/ind_137_2025.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/808/ind_138_2025.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/809/ind_139_2025.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/810/ind_140_2025.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/811/ind_141_2025.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/812/ind_142_2025.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/813/ind_143_2025.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/814/ind_144_2025.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/816/ind_145_2025.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/817/ind_146_2025.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/820/ind_147_2025.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/821/ind_148_2025.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/822/ind_149_2025.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/823/ind_150_2025.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/824/ind_151_2025.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/836/ind_152_2025.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/837/ind_153_2025.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/838/ind_154_2025.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/839/ind_155_2025.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/840/ind_156_2025.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/844/ind_157_2025.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/845/ind_158_2025.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/832/parecer_da_comissao_legislacao_justica_e_redacao_final_pl_37.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/833/comissao_de_orcamento_financas_controle_e_fiscalizacao_pl_37.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/834/comissao_de_seguranca_social_e_defesa_dos_direitos_humanos._pl_37.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/828/emenda_01_pl_37.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/829/emenda_02_pl_37.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/830/emenda_03_pl_37.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/831/emenda_modificativa_02_2025.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/737/mensagem_de_veto_as_emendas_ao_pl_019_2025.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/736/pl_subs_001_2025.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H200"/>
+  <dimension ref="A1:H238"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="29.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="121.140625" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="60.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="140.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -3969,3937 +4396,4925 @@
       </c>
       <c r="D50" t="s">
         <v>11</v>
       </c>
       <c r="E50" t="s">
         <v>12</v>
       </c>
       <c r="F50" t="s">
         <v>22</v>
       </c>
       <c r="G50" s="1" t="s">
         <v>216</v>
       </c>
       <c r="H50" t="s">
         <v>217</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
         <v>218</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="C51" t="s">
-        <v>10</v>
+        <v>219</v>
       </c>
       <c r="D51" t="s">
-        <v>219</v>
+        <v>11</v>
       </c>
       <c r="E51" t="s">
+        <v>12</v>
+      </c>
+      <c r="F51" t="s">
+        <v>36</v>
+      </c>
+      <c r="G51" s="1" t="s">
         <v>220</v>
       </c>
-      <c r="F51" t="s">
-[...2 lines deleted...]
-      <c r="G51" s="1" t="s">
+      <c r="H51" t="s">
         <v>221</v>
-      </c>
-[...1 lines deleted...]
-        <v>222</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
+        <v>222</v>
+      </c>
+      <c r="B52" t="s">
+        <v>9</v>
+      </c>
+      <c r="C52" t="s">
         <v>223</v>
       </c>
-      <c r="B52" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D52" t="s">
-        <v>219</v>
+        <v>11</v>
       </c>
       <c r="E52" t="s">
-        <v>220</v>
+        <v>12</v>
       </c>
       <c r="F52" t="s">
+        <v>22</v>
+      </c>
+      <c r="G52" s="1" t="s">
         <v>224</v>
       </c>
-      <c r="G52" s="1" t="s">
+      <c r="H52" t="s">
         <v>225</v>
-      </c>
-[...1 lines deleted...]
-        <v>226</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
+        <v>226</v>
+      </c>
+      <c r="B53" t="s">
+        <v>9</v>
+      </c>
+      <c r="C53" t="s">
+        <v>10</v>
+      </c>
+      <c r="D53" t="s">
         <v>227</v>
       </c>
-      <c r="B53" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E53" t="s">
-        <v>220</v>
+        <v>228</v>
       </c>
       <c r="F53" t="s">
-        <v>224</v>
+        <v>13</v>
       </c>
       <c r="G53" s="1" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="H53" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="D54" t="s">
-        <v>219</v>
+        <v>227</v>
       </c>
       <c r="E54" t="s">
-        <v>220</v>
+        <v>228</v>
       </c>
       <c r="F54" t="s">
-        <v>31</v>
+        <v>232</v>
       </c>
       <c r="G54" s="1" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="H54" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
-        <v>30</v>
+        <v>21</v>
       </c>
       <c r="D55" t="s">
-        <v>219</v>
+        <v>227</v>
       </c>
       <c r="E55" t="s">
-        <v>220</v>
+        <v>228</v>
       </c>
       <c r="F55" t="s">
-        <v>31</v>
+        <v>232</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="H55" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
-        <v>35</v>
+        <v>26</v>
       </c>
       <c r="D56" t="s">
-        <v>219</v>
+        <v>227</v>
       </c>
       <c r="E56" t="s">
-        <v>220</v>
+        <v>228</v>
       </c>
       <c r="F56" t="s">
-        <v>41</v>
+        <v>31</v>
       </c>
       <c r="G56" s="1" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="H56" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="D57" t="s">
-        <v>219</v>
+        <v>227</v>
       </c>
       <c r="E57" t="s">
-        <v>220</v>
+        <v>228</v>
       </c>
       <c r="F57" t="s">
         <v>31</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="H57" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
-        <v>45</v>
+        <v>35</v>
       </c>
       <c r="D58" t="s">
-        <v>219</v>
+        <v>227</v>
       </c>
       <c r="E58" t="s">
-        <v>220</v>
+        <v>228</v>
       </c>
       <c r="F58" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="H58" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="D59" t="s">
-        <v>219</v>
+        <v>227</v>
       </c>
       <c r="E59" t="s">
-        <v>220</v>
+        <v>228</v>
       </c>
       <c r="F59" t="s">
         <v>31</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="H59" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
       <c r="D60" t="s">
-        <v>219</v>
+        <v>227</v>
       </c>
       <c r="E60" t="s">
-        <v>220</v>
+        <v>228</v>
       </c>
       <c r="F60" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="H60" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
-        <v>58</v>
+        <v>50</v>
       </c>
       <c r="D61" t="s">
-        <v>219</v>
+        <v>227</v>
       </c>
       <c r="E61" t="s">
-        <v>220</v>
+        <v>228</v>
       </c>
       <c r="F61" t="s">
-        <v>224</v>
+        <v>31</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="H61" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="C62" t="s">
-        <v>63</v>
+        <v>54</v>
       </c>
       <c r="D62" t="s">
-        <v>219</v>
+        <v>227</v>
       </c>
       <c r="E62" t="s">
-        <v>220</v>
+        <v>228</v>
       </c>
       <c r="F62" t="s">
-        <v>94</v>
+        <v>31</v>
       </c>
       <c r="G62" s="1" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="H62" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
-        <v>67</v>
+        <v>58</v>
       </c>
       <c r="D63" t="s">
-        <v>219</v>
+        <v>227</v>
       </c>
       <c r="E63" t="s">
-        <v>220</v>
+        <v>228</v>
       </c>
       <c r="F63" t="s">
-        <v>59</v>
+        <v>232</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="H63" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
-        <v>72</v>
+        <v>63</v>
       </c>
       <c r="D64" t="s">
-        <v>219</v>
+        <v>227</v>
       </c>
       <c r="E64" t="s">
-        <v>220</v>
+        <v>228</v>
       </c>
       <c r="F64" t="s">
-        <v>224</v>
+        <v>94</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="H64" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
-        <v>263</v>
+        <v>265</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
-        <v>76</v>
+        <v>67</v>
       </c>
       <c r="D65" t="s">
-        <v>219</v>
+        <v>227</v>
       </c>
       <c r="E65" t="s">
-        <v>220</v>
+        <v>228</v>
       </c>
       <c r="F65" t="s">
-        <v>31</v>
+        <v>59</v>
       </c>
       <c r="G65" s="1" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="H65" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
-        <v>80</v>
+        <v>72</v>
       </c>
       <c r="D66" t="s">
-        <v>219</v>
+        <v>227</v>
       </c>
       <c r="E66" t="s">
-        <v>220</v>
+        <v>228</v>
       </c>
       <c r="F66" t="s">
-        <v>224</v>
+        <v>232</v>
       </c>
       <c r="G66" s="1" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="H66" t="s">
-        <v>262</v>
+        <v>270</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
-        <v>268</v>
+        <v>271</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
-        <v>84</v>
+        <v>76</v>
       </c>
       <c r="D67" t="s">
-        <v>219</v>
+        <v>227</v>
       </c>
       <c r="E67" t="s">
-        <v>220</v>
+        <v>228</v>
+      </c>
+      <c r="F67" t="s">
+        <v>31</v>
       </c>
       <c r="G67" s="1" t="s">
-        <v>269</v>
+        <v>272</v>
       </c>
       <c r="H67" t="s">
-        <v>270</v>
+        <v>273</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
-        <v>271</v>
+        <v>274</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
-        <v>89</v>
+        <v>80</v>
       </c>
       <c r="D68" t="s">
-        <v>219</v>
+        <v>227</v>
       </c>
       <c r="E68" t="s">
-        <v>220</v>
+        <v>228</v>
       </c>
       <c r="F68" t="s">
-        <v>46</v>
+        <v>232</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>272</v>
+        <v>275</v>
       </c>
       <c r="H68" t="s">
-        <v>273</v>
+        <v>270</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="B69" t="s">
         <v>9</v>
       </c>
       <c r="C69" t="s">
-        <v>93</v>
+        <v>84</v>
       </c>
       <c r="D69" t="s">
-        <v>219</v>
+        <v>227</v>
       </c>
       <c r="E69" t="s">
-        <v>220</v>
-[...2 lines deleted...]
-        <v>224</v>
+        <v>228</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="H69" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70" t="s">
-        <v>98</v>
+        <v>89</v>
       </c>
       <c r="D70" t="s">
-        <v>219</v>
+        <v>227</v>
       </c>
       <c r="E70" t="s">
-        <v>220</v>
+        <v>228</v>
       </c>
       <c r="F70" t="s">
-        <v>36</v>
+        <v>46</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="H70" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
-        <v>102</v>
+        <v>93</v>
       </c>
       <c r="D71" t="s">
-        <v>219</v>
+        <v>227</v>
       </c>
       <c r="E71" t="s">
-        <v>220</v>
+        <v>228</v>
       </c>
       <c r="F71" t="s">
-        <v>41</v>
+        <v>232</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="H71" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
-        <v>106</v>
+        <v>98</v>
       </c>
       <c r="D72" t="s">
-        <v>219</v>
+        <v>227</v>
       </c>
       <c r="E72" t="s">
-        <v>220</v>
+        <v>228</v>
       </c>
       <c r="F72" t="s">
-        <v>46</v>
+        <v>36</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="H72" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="B73" t="s">
         <v>9</v>
       </c>
       <c r="C73" t="s">
-        <v>111</v>
+        <v>102</v>
       </c>
       <c r="D73" t="s">
-        <v>219</v>
+        <v>227</v>
       </c>
       <c r="E73" t="s">
-        <v>220</v>
+        <v>228</v>
       </c>
       <c r="F73" t="s">
-        <v>287</v>
+        <v>41</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="H73" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="C74" t="s">
-        <v>115</v>
+        <v>106</v>
       </c>
       <c r="D74" t="s">
-        <v>219</v>
+        <v>227</v>
       </c>
       <c r="E74" t="s">
-        <v>220</v>
+        <v>228</v>
       </c>
       <c r="F74" t="s">
-        <v>224</v>
+        <v>46</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="H74" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="C75" t="s">
-        <v>119</v>
+        <v>111</v>
       </c>
       <c r="D75" t="s">
-        <v>219</v>
+        <v>227</v>
       </c>
       <c r="E75" t="s">
-        <v>220</v>
+        <v>228</v>
       </c>
       <c r="F75" t="s">
-        <v>224</v>
+        <v>295</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="H75" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
-        <v>123</v>
+        <v>115</v>
       </c>
       <c r="D76" t="s">
-        <v>219</v>
+        <v>227</v>
       </c>
       <c r="E76" t="s">
-        <v>220</v>
+        <v>228</v>
       </c>
       <c r="F76" t="s">
-        <v>297</v>
+        <v>232</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="H76" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="B77" t="s">
         <v>9</v>
       </c>
       <c r="C77" t="s">
-        <v>127</v>
+        <v>119</v>
       </c>
       <c r="D77" t="s">
-        <v>219</v>
+        <v>227</v>
       </c>
       <c r="E77" t="s">
-        <v>220</v>
+        <v>228</v>
       </c>
       <c r="F77" t="s">
-        <v>301</v>
+        <v>232</v>
       </c>
       <c r="G77" s="1" t="s">
         <v>302</v>
       </c>
       <c r="H77" t="s">
         <v>303</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
         <v>304</v>
       </c>
       <c r="B78" t="s">
         <v>9</v>
       </c>
       <c r="C78" t="s">
-        <v>131</v>
+        <v>123</v>
       </c>
       <c r="D78" t="s">
-        <v>219</v>
+        <v>227</v>
       </c>
       <c r="E78" t="s">
-        <v>220</v>
+        <v>228</v>
       </c>
       <c r="F78" t="s">
-        <v>46</v>
+        <v>305</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="H78" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="C79" t="s">
-        <v>135</v>
+        <v>127</v>
       </c>
       <c r="D79" t="s">
-        <v>219</v>
+        <v>227</v>
       </c>
       <c r="E79" t="s">
-        <v>220</v>
+        <v>228</v>
       </c>
       <c r="F79" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="H79" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="B80" t="s">
         <v>9</v>
       </c>
       <c r="C80" t="s">
-        <v>139</v>
+        <v>131</v>
       </c>
       <c r="D80" t="s">
-        <v>219</v>
+        <v>227</v>
       </c>
       <c r="E80" t="s">
-        <v>220</v>
+        <v>228</v>
       </c>
       <c r="F80" t="s">
-        <v>312</v>
+        <v>46</v>
       </c>
       <c r="G80" s="1" t="s">
         <v>313</v>
       </c>
       <c r="H80" t="s">
         <v>314</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
         <v>315</v>
       </c>
       <c r="B81" t="s">
         <v>9</v>
       </c>
       <c r="C81" t="s">
-        <v>143</v>
+        <v>135</v>
       </c>
       <c r="D81" t="s">
-        <v>219</v>
+        <v>227</v>
       </c>
       <c r="E81" t="s">
-        <v>220</v>
+        <v>228</v>
       </c>
       <c r="F81" t="s">
-        <v>13</v>
+        <v>316</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="H81" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="B82" t="s">
         <v>9</v>
       </c>
       <c r="C82" t="s">
-        <v>147</v>
+        <v>139</v>
       </c>
       <c r="D82" t="s">
-        <v>219</v>
+        <v>227</v>
       </c>
       <c r="E82" t="s">
-        <v>220</v>
+        <v>228</v>
       </c>
       <c r="F82" t="s">
-        <v>94</v>
+        <v>320</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="H82" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="B83" t="s">
         <v>9</v>
       </c>
       <c r="C83" t="s">
-        <v>322</v>
+        <v>143</v>
       </c>
       <c r="D83" t="s">
-        <v>219</v>
+        <v>227</v>
       </c>
       <c r="E83" t="s">
-        <v>220</v>
+        <v>228</v>
       </c>
       <c r="F83" t="s">
-        <v>36</v>
+        <v>13</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="H83" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="B84" t="s">
         <v>9</v>
       </c>
       <c r="C84" t="s">
-        <v>151</v>
+        <v>147</v>
       </c>
       <c r="D84" t="s">
-        <v>219</v>
+        <v>227</v>
       </c>
       <c r="E84" t="s">
-        <v>220</v>
+        <v>228</v>
       </c>
       <c r="F84" t="s">
-        <v>224</v>
+        <v>94</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="H84" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="B85" t="s">
         <v>9</v>
       </c>
       <c r="C85" t="s">
-        <v>155</v>
+        <v>330</v>
       </c>
       <c r="D85" t="s">
-        <v>219</v>
+        <v>227</v>
       </c>
       <c r="E85" t="s">
-        <v>220</v>
+        <v>228</v>
       </c>
       <c r="F85" t="s">
-        <v>224</v>
+        <v>36</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="H85" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="B86" t="s">
         <v>9</v>
       </c>
       <c r="C86" t="s">
-        <v>159</v>
+        <v>151</v>
       </c>
       <c r="D86" t="s">
-        <v>219</v>
+        <v>227</v>
       </c>
       <c r="E86" t="s">
-        <v>220</v>
+        <v>228</v>
       </c>
       <c r="F86" t="s">
-        <v>224</v>
+        <v>232</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
       <c r="H86" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="B87" t="s">
         <v>9</v>
       </c>
       <c r="C87" t="s">
-        <v>163</v>
+        <v>155</v>
       </c>
       <c r="D87" t="s">
-        <v>219</v>
+        <v>227</v>
       </c>
       <c r="E87" t="s">
-        <v>220</v>
+        <v>228</v>
       </c>
       <c r="F87" t="s">
-        <v>224</v>
+        <v>232</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>335</v>
+        <v>337</v>
       </c>
       <c r="H87" t="s">
-        <v>336</v>
+        <v>338</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
-        <v>337</v>
+        <v>339</v>
       </c>
       <c r="B88" t="s">
         <v>9</v>
       </c>
       <c r="C88" t="s">
-        <v>167</v>
+        <v>159</v>
       </c>
       <c r="D88" t="s">
-        <v>219</v>
+        <v>227</v>
       </c>
       <c r="E88" t="s">
-        <v>220</v>
+        <v>228</v>
       </c>
       <c r="F88" t="s">
-        <v>36</v>
+        <v>232</v>
       </c>
       <c r="G88" s="1" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
       <c r="H88" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="B89" t="s">
         <v>9</v>
       </c>
       <c r="C89" t="s">
-        <v>10</v>
+        <v>163</v>
       </c>
       <c r="D89" t="s">
-        <v>341</v>
+        <v>227</v>
       </c>
       <c r="E89" t="s">
-        <v>342</v>
+        <v>228</v>
       </c>
       <c r="F89" t="s">
-        <v>22</v>
+        <v>232</v>
       </c>
       <c r="G89" s="1" t="s">
         <v>343</v>
       </c>
       <c r="H89" t="s">
         <v>344</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
         <v>345</v>
       </c>
       <c r="B90" t="s">
         <v>9</v>
       </c>
       <c r="C90" t="s">
-        <v>17</v>
+        <v>167</v>
       </c>
       <c r="D90" t="s">
-        <v>341</v>
+        <v>227</v>
       </c>
       <c r="E90" t="s">
-        <v>342</v>
+        <v>228</v>
       </c>
       <c r="F90" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="G90" s="1" t="s">
         <v>346</v>
       </c>
       <c r="H90" t="s">
         <v>347</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
         <v>348</v>
       </c>
       <c r="B91" t="s">
         <v>9</v>
       </c>
       <c r="C91" t="s">
-        <v>21</v>
+        <v>171</v>
       </c>
       <c r="D91" t="s">
-        <v>341</v>
+        <v>227</v>
       </c>
       <c r="E91" t="s">
-        <v>342</v>
+        <v>228</v>
       </c>
       <c r="F91" t="s">
-        <v>22</v>
+        <v>232</v>
       </c>
       <c r="G91" s="1" t="s">
         <v>349</v>
       </c>
       <c r="H91" t="s">
         <v>350</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
         <v>351</v>
       </c>
       <c r="B92" t="s">
         <v>9</v>
       </c>
       <c r="C92" t="s">
-        <v>26</v>
+        <v>175</v>
       </c>
       <c r="D92" t="s">
-        <v>341</v>
+        <v>227</v>
       </c>
       <c r="E92" t="s">
-        <v>342</v>
+        <v>228</v>
       </c>
       <c r="F92" t="s">
-        <v>22</v>
+        <v>232</v>
       </c>
       <c r="G92" s="1" t="s">
         <v>352</v>
       </c>
       <c r="H92" t="s">
         <v>353</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
         <v>354</v>
       </c>
       <c r="B93" t="s">
         <v>9</v>
       </c>
       <c r="C93" t="s">
-        <v>30</v>
+        <v>179</v>
       </c>
       <c r="D93" t="s">
-        <v>341</v>
+        <v>227</v>
       </c>
       <c r="E93" t="s">
-        <v>342</v>
+        <v>228</v>
       </c>
       <c r="F93" t="s">
-        <v>94</v>
+        <v>232</v>
       </c>
       <c r="G93" s="1" t="s">
         <v>355</v>
       </c>
       <c r="H93" t="s">
         <v>356</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
         <v>357</v>
       </c>
       <c r="B94" t="s">
         <v>9</v>
       </c>
       <c r="C94" t="s">
-        <v>35</v>
+        <v>26</v>
       </c>
       <c r="D94" t="s">
-        <v>341</v>
+        <v>358</v>
       </c>
       <c r="E94" t="s">
-        <v>342</v>
+        <v>359</v>
       </c>
       <c r="F94" t="s">
-        <v>94</v>
+        <v>41</v>
       </c>
       <c r="G94" s="1" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
       <c r="H94" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
       <c r="B95" t="s">
         <v>9</v>
       </c>
       <c r="C95" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="D95" t="s">
-        <v>341</v>
+        <v>358</v>
       </c>
       <c r="E95" t="s">
-        <v>342</v>
+        <v>359</v>
       </c>
       <c r="F95" t="s">
         <v>107</v>
       </c>
       <c r="G95" s="1" t="s">
-        <v>361</v>
+        <v>363</v>
       </c>
       <c r="H95" t="s">
-        <v>362</v>
+        <v>364</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="C96" t="s">
-        <v>45</v>
+        <v>35</v>
       </c>
       <c r="D96" t="s">
-        <v>341</v>
+        <v>358</v>
       </c>
       <c r="E96" t="s">
-        <v>342</v>
+        <v>359</v>
       </c>
       <c r="F96" t="s">
-        <v>107</v>
+        <v>320</v>
       </c>
       <c r="G96" s="1" t="s">
+        <v>366</v>
+      </c>
+      <c r="H96" t="s">
         <v>364</v>
-      </c>
-[...1 lines deleted...]
-        <v>365</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="B97" t="s">
         <v>9</v>
       </c>
       <c r="C97" t="s">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="D97" t="s">
-        <v>341</v>
+        <v>358</v>
       </c>
       <c r="E97" t="s">
-        <v>342</v>
+        <v>359</v>
       </c>
       <c r="F97" t="s">
-        <v>312</v>
+        <v>368</v>
       </c>
       <c r="G97" s="1" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="H97" t="s">
-        <v>368</v>
+        <v>364</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="B98" t="s">
         <v>9</v>
       </c>
       <c r="C98" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
       <c r="D98" t="s">
-        <v>341</v>
+        <v>358</v>
       </c>
       <c r="E98" t="s">
-        <v>342</v>
+        <v>359</v>
       </c>
       <c r="F98" t="s">
-        <v>312</v>
+        <v>320</v>
       </c>
       <c r="G98" s="1" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="H98" t="s">
-        <v>371</v>
+        <v>364</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
         <v>372</v>
       </c>
       <c r="B99" t="s">
         <v>9</v>
       </c>
       <c r="C99" t="s">
-        <v>58</v>
+        <v>50</v>
       </c>
       <c r="D99" t="s">
-        <v>341</v>
+        <v>358</v>
       </c>
       <c r="E99" t="s">
-        <v>342</v>
+        <v>359</v>
       </c>
       <c r="F99" t="s">
-        <v>46</v>
+        <v>320</v>
       </c>
       <c r="G99" s="1" t="s">
         <v>373</v>
       </c>
       <c r="H99" t="s">
-        <v>374</v>
+        <v>364</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
-        <v>375</v>
+        <v>374</v>
       </c>
       <c r="B100" t="s">
         <v>9</v>
       </c>
       <c r="C100" t="s">
-        <v>63</v>
+        <v>10</v>
       </c>
       <c r="D100" t="s">
-        <v>341</v>
+        <v>375</v>
       </c>
       <c r="E100" t="s">
-        <v>342</v>
+        <v>376</v>
       </c>
       <c r="F100" t="s">
-        <v>46</v>
+        <v>22</v>
       </c>
       <c r="G100" s="1" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="H100" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="B101" t="s">
         <v>9</v>
       </c>
       <c r="C101" t="s">
-        <v>67</v>
+        <v>17</v>
       </c>
       <c r="D101" t="s">
-        <v>341</v>
+        <v>375</v>
       </c>
       <c r="E101" t="s">
-        <v>342</v>
+        <v>376</v>
       </c>
       <c r="F101" t="s">
-        <v>46</v>
+        <v>22</v>
       </c>
       <c r="G101" s="1" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="H101" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="C102" t="s">
-        <v>72</v>
+        <v>21</v>
       </c>
       <c r="D102" t="s">
-        <v>341</v>
+        <v>375</v>
       </c>
       <c r="E102" t="s">
-        <v>342</v>
+        <v>376</v>
       </c>
       <c r="F102" t="s">
-        <v>46</v>
+        <v>22</v>
       </c>
       <c r="G102" s="1" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="H102" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="B103" t="s">
         <v>9</v>
       </c>
       <c r="C103" t="s">
-        <v>76</v>
+        <v>26</v>
       </c>
       <c r="D103" t="s">
-        <v>341</v>
+        <v>375</v>
       </c>
       <c r="E103" t="s">
-        <v>342</v>
+        <v>376</v>
       </c>
       <c r="F103" t="s">
-        <v>46</v>
+        <v>22</v>
       </c>
       <c r="G103" s="1" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="H103" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="B104" t="s">
         <v>9</v>
       </c>
       <c r="C104" t="s">
-        <v>80</v>
+        <v>30</v>
       </c>
       <c r="D104" t="s">
-        <v>341</v>
+        <v>375</v>
       </c>
       <c r="E104" t="s">
-        <v>342</v>
+        <v>376</v>
       </c>
       <c r="F104" t="s">
-        <v>46</v>
+        <v>94</v>
       </c>
       <c r="G104" s="1" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="H104" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="B105" t="s">
         <v>9</v>
       </c>
       <c r="C105" t="s">
-        <v>84</v>
+        <v>35</v>
       </c>
       <c r="D105" t="s">
-        <v>341</v>
+        <v>375</v>
       </c>
       <c r="E105" t="s">
-        <v>342</v>
+        <v>376</v>
       </c>
       <c r="F105" t="s">
-        <v>46</v>
+        <v>94</v>
       </c>
       <c r="G105" s="1" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="H105" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="B106" t="s">
         <v>9</v>
       </c>
       <c r="C106" t="s">
-        <v>89</v>
+        <v>40</v>
       </c>
       <c r="D106" t="s">
-        <v>341</v>
+        <v>375</v>
       </c>
       <c r="E106" t="s">
-        <v>342</v>
+        <v>376</v>
       </c>
       <c r="F106" t="s">
-        <v>46</v>
+        <v>107</v>
       </c>
       <c r="G106" s="1" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="H106" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="C107" t="s">
-        <v>93</v>
+        <v>45</v>
       </c>
       <c r="D107" t="s">
-        <v>341</v>
+        <v>375</v>
       </c>
       <c r="E107" t="s">
-        <v>342</v>
+        <v>376</v>
       </c>
       <c r="F107" t="s">
-        <v>287</v>
+        <v>107</v>
       </c>
       <c r="G107" s="1" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="H107" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="B108" t="s">
         <v>9</v>
       </c>
       <c r="C108" t="s">
-        <v>98</v>
+        <v>50</v>
       </c>
       <c r="D108" t="s">
-        <v>341</v>
+        <v>375</v>
       </c>
       <c r="E108" t="s">
-        <v>342</v>
+        <v>376</v>
       </c>
       <c r="F108" t="s">
-        <v>287</v>
+        <v>320</v>
       </c>
       <c r="G108" s="1" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="H108" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="C109" t="s">
-        <v>102</v>
+        <v>54</v>
       </c>
       <c r="D109" t="s">
-        <v>341</v>
+        <v>375</v>
       </c>
       <c r="E109" t="s">
-        <v>342</v>
+        <v>376</v>
       </c>
       <c r="F109" t="s">
-        <v>46</v>
+        <v>320</v>
       </c>
       <c r="G109" s="1" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="H109" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
-        <v>106</v>
+        <v>58</v>
       </c>
       <c r="D110" t="s">
-        <v>341</v>
+        <v>375</v>
       </c>
       <c r="E110" t="s">
-        <v>342</v>
+        <v>376</v>
       </c>
       <c r="F110" t="s">
         <v>46</v>
       </c>
       <c r="G110" s="1" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="H110" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
-        <v>111</v>
+        <v>63</v>
       </c>
       <c r="D111" t="s">
-        <v>341</v>
+        <v>375</v>
       </c>
       <c r="E111" t="s">
-        <v>342</v>
+        <v>376</v>
       </c>
       <c r="F111" t="s">
         <v>46</v>
       </c>
       <c r="G111" s="1" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="H111" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
-        <v>115</v>
+        <v>67</v>
       </c>
       <c r="D112" t="s">
-        <v>341</v>
+        <v>375</v>
       </c>
       <c r="E112" t="s">
-        <v>342</v>
+        <v>376</v>
       </c>
       <c r="F112" t="s">
         <v>46</v>
       </c>
       <c r="G112" s="1" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="H112" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
-        <v>119</v>
+        <v>72</v>
       </c>
       <c r="D113" t="s">
-        <v>341</v>
+        <v>375</v>
       </c>
       <c r="E113" t="s">
-        <v>342</v>
+        <v>376</v>
       </c>
       <c r="F113" t="s">
         <v>46</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="H113" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
-        <v>123</v>
+        <v>76</v>
       </c>
       <c r="D114" t="s">
-        <v>341</v>
+        <v>375</v>
       </c>
       <c r="E114" t="s">
-        <v>342</v>
+        <v>376</v>
       </c>
       <c r="F114" t="s">
         <v>46</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="H114" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="C115" t="s">
-        <v>127</v>
+        <v>80</v>
       </c>
       <c r="D115" t="s">
-        <v>341</v>
+        <v>375</v>
       </c>
       <c r="E115" t="s">
-        <v>342</v>
+        <v>376</v>
       </c>
       <c r="F115" t="s">
         <v>46</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="H115" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="B116" t="s">
         <v>9</v>
       </c>
       <c r="C116" t="s">
-        <v>131</v>
+        <v>84</v>
       </c>
       <c r="D116" t="s">
-        <v>341</v>
+        <v>375</v>
       </c>
       <c r="E116" t="s">
-        <v>342</v>
+        <v>376</v>
       </c>
       <c r="F116" t="s">
         <v>46</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="H116" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
-        <v>135</v>
+        <v>89</v>
       </c>
       <c r="D117" t="s">
-        <v>341</v>
+        <v>375</v>
       </c>
       <c r="E117" t="s">
-        <v>342</v>
+        <v>376</v>
       </c>
       <c r="F117" t="s">
-        <v>287</v>
+        <v>46</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="H117" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
-        <v>139</v>
+        <v>93</v>
       </c>
       <c r="D118" t="s">
-        <v>341</v>
+        <v>375</v>
       </c>
       <c r="E118" t="s">
-        <v>342</v>
+        <v>376</v>
       </c>
       <c r="F118" t="s">
-        <v>287</v>
+        <v>295</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="H118" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="C119" t="s">
-        <v>143</v>
+        <v>98</v>
       </c>
       <c r="D119" t="s">
-        <v>341</v>
+        <v>375</v>
       </c>
       <c r="E119" t="s">
-        <v>342</v>
+        <v>376</v>
       </c>
       <c r="F119" t="s">
-        <v>287</v>
+        <v>295</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="H119" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
-        <v>436</v>
+        <v>102</v>
       </c>
       <c r="D120" t="s">
-        <v>341</v>
+        <v>375</v>
       </c>
       <c r="E120" t="s">
-        <v>342</v>
+        <v>376</v>
       </c>
       <c r="F120" t="s">
-        <v>36</v>
+        <v>46</v>
       </c>
       <c r="G120" s="1" t="s">
         <v>437</v>
       </c>
       <c r="H120" t="s">
         <v>438</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
         <v>439</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
+        <v>106</v>
+      </c>
+      <c r="D121" t="s">
+        <v>375</v>
+      </c>
+      <c r="E121" t="s">
+        <v>376</v>
+      </c>
+      <c r="F121" t="s">
+        <v>46</v>
+      </c>
+      <c r="G121" s="1" t="s">
         <v>440</v>
       </c>
-      <c r="D121" t="s">
-[...8 lines deleted...]
-      <c r="G121" s="1" t="s">
+      <c r="H121" t="s">
         <v>441</v>
-      </c>
-[...1 lines deleted...]
-        <v>442</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
+        <v>442</v>
+      </c>
+      <c r="B122" t="s">
+        <v>9</v>
+      </c>
+      <c r="C122" t="s">
+        <v>111</v>
+      </c>
+      <c r="D122" t="s">
+        <v>375</v>
+      </c>
+      <c r="E122" t="s">
+        <v>376</v>
+      </c>
+      <c r="F122" t="s">
+        <v>46</v>
+      </c>
+      <c r="G122" s="1" t="s">
         <v>443</v>
       </c>
-      <c r="B122" t="s">
-[...2 lines deleted...]
-      <c r="C122" t="s">
+      <c r="H122" t="s">
         <v>444</v>
-      </c>
-[...13 lines deleted...]
-        <v>446</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
+        <v>445</v>
+      </c>
+      <c r="B123" t="s">
+        <v>9</v>
+      </c>
+      <c r="C123" t="s">
+        <v>115</v>
+      </c>
+      <c r="D123" t="s">
+        <v>375</v>
+      </c>
+      <c r="E123" t="s">
+        <v>376</v>
+      </c>
+      <c r="F123" t="s">
+        <v>46</v>
+      </c>
+      <c r="G123" s="1" t="s">
+        <v>446</v>
+      </c>
+      <c r="H123" t="s">
         <v>447</v>
-      </c>
-[...19 lines deleted...]
-        <v>451</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
-        <v>452</v>
+        <v>448</v>
       </c>
       <c r="B124" t="s">
         <v>9</v>
       </c>
       <c r="C124" t="s">
-        <v>453</v>
+        <v>119</v>
       </c>
       <c r="D124" t="s">
-        <v>341</v>
+        <v>375</v>
       </c>
       <c r="E124" t="s">
-        <v>342</v>
+        <v>376</v>
       </c>
       <c r="F124" t="s">
+        <v>46</v>
+      </c>
+      <c r="G124" s="1" t="s">
         <v>449</v>
       </c>
-      <c r="G124" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H124" t="s">
-        <v>455</v>
+        <v>450</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
-        <v>456</v>
+        <v>451</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
-        <v>457</v>
+        <v>123</v>
       </c>
       <c r="D125" t="s">
-        <v>341</v>
+        <v>375</v>
       </c>
       <c r="E125" t="s">
-        <v>342</v>
+        <v>376</v>
       </c>
       <c r="F125" t="s">
         <v>46</v>
       </c>
       <c r="G125" s="1" t="s">
-        <v>458</v>
+        <v>452</v>
       </c>
       <c r="H125" t="s">
-        <v>459</v>
+        <v>453</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
-        <v>460</v>
+        <v>454</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="C126" t="s">
-        <v>461</v>
+        <v>127</v>
       </c>
       <c r="D126" t="s">
-        <v>341</v>
+        <v>375</v>
       </c>
       <c r="E126" t="s">
-        <v>342</v>
+        <v>376</v>
       </c>
       <c r="F126" t="s">
         <v>46</v>
       </c>
       <c r="G126" s="1" t="s">
-        <v>462</v>
+        <v>455</v>
       </c>
       <c r="H126" t="s">
-        <v>463</v>
+        <v>456</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
-        <v>464</v>
+        <v>457</v>
       </c>
       <c r="B127" t="s">
         <v>9</v>
       </c>
       <c r="C127" t="s">
-        <v>465</v>
+        <v>131</v>
       </c>
       <c r="D127" t="s">
-        <v>341</v>
+        <v>375</v>
       </c>
       <c r="E127" t="s">
-        <v>342</v>
+        <v>376</v>
       </c>
       <c r="F127" t="s">
         <v>46</v>
       </c>
       <c r="G127" s="1" t="s">
-        <v>466</v>
+        <v>458</v>
       </c>
       <c r="H127" t="s">
-        <v>467</v>
+        <v>459</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
-        <v>468</v>
+        <v>460</v>
       </c>
       <c r="B128" t="s">
         <v>9</v>
       </c>
       <c r="C128" t="s">
-        <v>469</v>
+        <v>135</v>
       </c>
       <c r="D128" t="s">
-        <v>341</v>
+        <v>375</v>
       </c>
       <c r="E128" t="s">
-        <v>342</v>
+        <v>376</v>
       </c>
       <c r="F128" t="s">
-        <v>107</v>
+        <v>295</v>
       </c>
       <c r="G128" s="1" t="s">
-        <v>470</v>
+        <v>461</v>
       </c>
       <c r="H128" t="s">
-        <v>471</v>
+        <v>462</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
-        <v>472</v>
+        <v>463</v>
       </c>
       <c r="B129" t="s">
         <v>9</v>
       </c>
       <c r="C129" t="s">
-        <v>473</v>
+        <v>139</v>
       </c>
       <c r="D129" t="s">
-        <v>341</v>
+        <v>375</v>
       </c>
       <c r="E129" t="s">
-        <v>342</v>
+        <v>376</v>
       </c>
       <c r="F129" t="s">
-        <v>287</v>
+        <v>295</v>
       </c>
       <c r="G129" s="1" t="s">
-        <v>474</v>
+        <v>464</v>
       </c>
       <c r="H129" t="s">
-        <v>475</v>
+        <v>465</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
-        <v>476</v>
+        <v>466</v>
       </c>
       <c r="B130" t="s">
         <v>9</v>
       </c>
       <c r="C130" t="s">
-        <v>477</v>
+        <v>143</v>
       </c>
       <c r="D130" t="s">
-        <v>341</v>
+        <v>375</v>
       </c>
       <c r="E130" t="s">
-        <v>342</v>
+        <v>376</v>
       </c>
       <c r="F130" t="s">
-        <v>107</v>
+        <v>295</v>
       </c>
       <c r="G130" s="1" t="s">
-        <v>478</v>
+        <v>467</v>
       </c>
       <c r="H130" t="s">
-        <v>479</v>
+        <v>468</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
-        <v>480</v>
+        <v>469</v>
       </c>
       <c r="B131" t="s">
         <v>9</v>
       </c>
       <c r="C131" t="s">
-        <v>481</v>
+        <v>470</v>
       </c>
       <c r="D131" t="s">
-        <v>341</v>
+        <v>375</v>
       </c>
       <c r="E131" t="s">
-        <v>342</v>
+        <v>376</v>
       </c>
       <c r="F131" t="s">
-        <v>312</v>
+        <v>36</v>
       </c>
       <c r="G131" s="1" t="s">
-        <v>482</v>
+        <v>471</v>
       </c>
       <c r="H131" t="s">
-        <v>483</v>
+        <v>472</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
-        <v>484</v>
+        <v>473</v>
       </c>
       <c r="B132" t="s">
         <v>9</v>
       </c>
       <c r="C132" t="s">
-        <v>485</v>
+        <v>474</v>
       </c>
       <c r="D132" t="s">
-        <v>341</v>
+        <v>375</v>
       </c>
       <c r="E132" t="s">
-        <v>342</v>
+        <v>376</v>
       </c>
       <c r="F132" t="s">
-        <v>94</v>
+        <v>36</v>
       </c>
       <c r="G132" s="1" t="s">
-        <v>486</v>
+        <v>475</v>
       </c>
       <c r="H132" t="s">
-        <v>487</v>
+        <v>476</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
-        <v>488</v>
+        <v>477</v>
       </c>
       <c r="B133" t="s">
         <v>9</v>
       </c>
       <c r="C133" t="s">
-        <v>489</v>
+        <v>478</v>
       </c>
       <c r="D133" t="s">
-        <v>341</v>
+        <v>375</v>
       </c>
       <c r="E133" t="s">
-        <v>342</v>
+        <v>376</v>
       </c>
       <c r="F133" t="s">
-        <v>94</v>
+        <v>36</v>
       </c>
       <c r="G133" s="1" t="s">
-        <v>490</v>
+        <v>479</v>
       </c>
       <c r="H133" t="s">
-        <v>491</v>
+        <v>480</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
-        <v>492</v>
+        <v>481</v>
       </c>
       <c r="B134" t="s">
         <v>9</v>
       </c>
       <c r="C134" t="s">
-        <v>493</v>
+        <v>482</v>
       </c>
       <c r="D134" t="s">
-        <v>341</v>
+        <v>375</v>
       </c>
       <c r="E134" t="s">
-        <v>342</v>
+        <v>376</v>
       </c>
       <c r="F134" t="s">
-        <v>94</v>
+        <v>483</v>
       </c>
       <c r="G134" s="1" t="s">
-        <v>494</v>
+        <v>484</v>
       </c>
       <c r="H134" t="s">
-        <v>495</v>
+        <v>485</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
-        <v>496</v>
+        <v>486</v>
       </c>
       <c r="B135" t="s">
         <v>9</v>
       </c>
       <c r="C135" t="s">
-        <v>497</v>
+        <v>487</v>
       </c>
       <c r="D135" t="s">
-        <v>341</v>
+        <v>375</v>
       </c>
       <c r="E135" t="s">
-        <v>342</v>
+        <v>376</v>
       </c>
       <c r="F135" t="s">
-        <v>107</v>
+        <v>483</v>
       </c>
       <c r="G135" s="1" t="s">
-        <v>498</v>
+        <v>488</v>
       </c>
       <c r="H135" t="s">
-        <v>499</v>
+        <v>489</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
-        <v>500</v>
+        <v>490</v>
       </c>
       <c r="B136" t="s">
         <v>9</v>
       </c>
       <c r="C136" t="s">
-        <v>501</v>
+        <v>491</v>
       </c>
       <c r="D136" t="s">
-        <v>341</v>
+        <v>375</v>
       </c>
       <c r="E136" t="s">
-        <v>342</v>
+        <v>376</v>
       </c>
       <c r="F136" t="s">
-        <v>502</v>
+        <v>46</v>
       </c>
       <c r="G136" s="1" t="s">
-        <v>503</v>
+        <v>492</v>
       </c>
       <c r="H136" t="s">
-        <v>504</v>
+        <v>493</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
-        <v>505</v>
+        <v>494</v>
       </c>
       <c r="B137" t="s">
         <v>9</v>
       </c>
       <c r="C137" t="s">
-        <v>506</v>
+        <v>495</v>
       </c>
       <c r="D137" t="s">
-        <v>341</v>
+        <v>375</v>
       </c>
       <c r="E137" t="s">
-        <v>342</v>
+        <v>376</v>
       </c>
       <c r="F137" t="s">
-        <v>287</v>
+        <v>46</v>
       </c>
       <c r="G137" s="1" t="s">
-        <v>507</v>
+        <v>496</v>
       </c>
       <c r="H137" t="s">
-        <v>508</v>
+        <v>497</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
-        <v>509</v>
+        <v>498</v>
       </c>
       <c r="B138" t="s">
         <v>9</v>
       </c>
       <c r="C138" t="s">
-        <v>510</v>
+        <v>499</v>
       </c>
       <c r="D138" t="s">
-        <v>341</v>
+        <v>375</v>
       </c>
       <c r="E138" t="s">
-        <v>342</v>
+        <v>376</v>
       </c>
       <c r="F138" t="s">
         <v>46</v>
       </c>
       <c r="G138" s="1" t="s">
-        <v>511</v>
+        <v>500</v>
       </c>
       <c r="H138" t="s">
-        <v>512</v>
+        <v>501</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
-        <v>513</v>
+        <v>502</v>
       </c>
       <c r="B139" t="s">
         <v>9</v>
       </c>
       <c r="C139" t="s">
-        <v>514</v>
+        <v>503</v>
       </c>
       <c r="D139" t="s">
-        <v>341</v>
+        <v>375</v>
       </c>
       <c r="E139" t="s">
-        <v>342</v>
+        <v>376</v>
       </c>
       <c r="F139" t="s">
-        <v>46</v>
+        <v>107</v>
       </c>
       <c r="G139" s="1" t="s">
-        <v>515</v>
+        <v>504</v>
       </c>
       <c r="H139" t="s">
-        <v>516</v>
+        <v>505</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
-        <v>517</v>
+        <v>506</v>
       </c>
       <c r="B140" t="s">
         <v>9</v>
       </c>
       <c r="C140" t="s">
-        <v>518</v>
+        <v>507</v>
       </c>
       <c r="D140" t="s">
-        <v>341</v>
+        <v>375</v>
       </c>
       <c r="E140" t="s">
-        <v>342</v>
+        <v>376</v>
       </c>
       <c r="F140" t="s">
-        <v>94</v>
+        <v>295</v>
       </c>
       <c r="G140" s="1" t="s">
-        <v>519</v>
+        <v>508</v>
       </c>
       <c r="H140" t="s">
-        <v>520</v>
+        <v>509</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
-        <v>521</v>
+        <v>510</v>
       </c>
       <c r="B141" t="s">
         <v>9</v>
       </c>
       <c r="C141" t="s">
-        <v>522</v>
+        <v>511</v>
       </c>
       <c r="D141" t="s">
-        <v>341</v>
+        <v>375</v>
       </c>
       <c r="E141" t="s">
-        <v>342</v>
+        <v>376</v>
       </c>
       <c r="F141" t="s">
-        <v>94</v>
+        <v>107</v>
       </c>
       <c r="G141" s="1" t="s">
-        <v>523</v>
+        <v>512</v>
       </c>
       <c r="H141" t="s">
-        <v>524</v>
+        <v>513</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
-        <v>525</v>
+        <v>514</v>
       </c>
       <c r="B142" t="s">
         <v>9</v>
       </c>
       <c r="C142" t="s">
-        <v>526</v>
+        <v>515</v>
       </c>
       <c r="D142" t="s">
-        <v>341</v>
+        <v>375</v>
       </c>
       <c r="E142" t="s">
-        <v>342</v>
+        <v>376</v>
       </c>
       <c r="F142" t="s">
-        <v>94</v>
+        <v>320</v>
       </c>
       <c r="G142" s="1" t="s">
-        <v>527</v>
+        <v>516</v>
       </c>
       <c r="H142" t="s">
-        <v>528</v>
+        <v>517</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
-        <v>529</v>
+        <v>518</v>
       </c>
       <c r="B143" t="s">
         <v>9</v>
       </c>
       <c r="C143" t="s">
-        <v>530</v>
+        <v>519</v>
       </c>
       <c r="D143" t="s">
-        <v>341</v>
+        <v>375</v>
       </c>
       <c r="E143" t="s">
-        <v>342</v>
+        <v>376</v>
       </c>
       <c r="F143" t="s">
-        <v>308</v>
+        <v>94</v>
       </c>
       <c r="G143" s="1" t="s">
-        <v>531</v>
+        <v>520</v>
       </c>
       <c r="H143" t="s">
-        <v>532</v>
+        <v>521</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
-        <v>533</v>
+        <v>522</v>
       </c>
       <c r="B144" t="s">
         <v>9</v>
       </c>
       <c r="C144" t="s">
-        <v>534</v>
+        <v>523</v>
       </c>
       <c r="D144" t="s">
-        <v>341</v>
+        <v>375</v>
       </c>
       <c r="E144" t="s">
-        <v>342</v>
+        <v>376</v>
       </c>
       <c r="F144" t="s">
-        <v>308</v>
+        <v>94</v>
       </c>
       <c r="G144" s="1" t="s">
-        <v>535</v>
+        <v>524</v>
       </c>
       <c r="H144" t="s">
-        <v>536</v>
+        <v>525</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
-        <v>537</v>
+        <v>526</v>
       </c>
       <c r="B145" t="s">
         <v>9</v>
       </c>
       <c r="C145" t="s">
-        <v>538</v>
+        <v>527</v>
       </c>
       <c r="D145" t="s">
-        <v>341</v>
+        <v>375</v>
       </c>
       <c r="E145" t="s">
-        <v>342</v>
+        <v>376</v>
       </c>
       <c r="F145" t="s">
-        <v>308</v>
+        <v>94</v>
       </c>
       <c r="G145" s="1" t="s">
-        <v>539</v>
+        <v>528</v>
       </c>
       <c r="H145" t="s">
-        <v>540</v>
+        <v>529</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
-        <v>541</v>
+        <v>530</v>
       </c>
       <c r="B146" t="s">
         <v>9</v>
       </c>
       <c r="C146" t="s">
-        <v>542</v>
+        <v>531</v>
       </c>
       <c r="D146" t="s">
-        <v>341</v>
+        <v>375</v>
       </c>
       <c r="E146" t="s">
-        <v>342</v>
+        <v>376</v>
       </c>
       <c r="F146" t="s">
-        <v>94</v>
+        <v>107</v>
       </c>
       <c r="G146" s="1" t="s">
-        <v>543</v>
+        <v>532</v>
       </c>
       <c r="H146" t="s">
-        <v>544</v>
+        <v>533</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
-        <v>545</v>
+        <v>534</v>
       </c>
       <c r="B147" t="s">
         <v>9</v>
       </c>
       <c r="C147" t="s">
-        <v>546</v>
+        <v>535</v>
       </c>
       <c r="D147" t="s">
-        <v>341</v>
+        <v>375</v>
       </c>
       <c r="E147" t="s">
-        <v>342</v>
+        <v>376</v>
       </c>
       <c r="F147" t="s">
-        <v>94</v>
+        <v>536</v>
       </c>
       <c r="G147" s="1" t="s">
-        <v>547</v>
+        <v>537</v>
       </c>
       <c r="H147" t="s">
-        <v>548</v>
+        <v>538</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
-        <v>549</v>
+        <v>539</v>
       </c>
       <c r="B148" t="s">
         <v>9</v>
       </c>
       <c r="C148" t="s">
-        <v>550</v>
+        <v>540</v>
       </c>
       <c r="D148" t="s">
-        <v>341</v>
+        <v>375</v>
       </c>
       <c r="E148" t="s">
-        <v>342</v>
+        <v>376</v>
       </c>
       <c r="F148" t="s">
-        <v>46</v>
+        <v>295</v>
       </c>
       <c r="G148" s="1" t="s">
-        <v>551</v>
+        <v>541</v>
       </c>
       <c r="H148" t="s">
-        <v>552</v>
+        <v>542</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
-        <v>553</v>
+        <v>543</v>
       </c>
       <c r="B149" t="s">
         <v>9</v>
       </c>
       <c r="C149" t="s">
-        <v>554</v>
+        <v>544</v>
       </c>
       <c r="D149" t="s">
-        <v>341</v>
+        <v>375</v>
       </c>
       <c r="E149" t="s">
-        <v>342</v>
+        <v>376</v>
       </c>
       <c r="F149" t="s">
         <v>46</v>
       </c>
       <c r="G149" s="1" t="s">
-        <v>555</v>
+        <v>545</v>
       </c>
       <c r="H149" t="s">
-        <v>556</v>
+        <v>546</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
-        <v>557</v>
+        <v>547</v>
       </c>
       <c r="B150" t="s">
         <v>9</v>
       </c>
       <c r="C150" t="s">
-        <v>558</v>
+        <v>548</v>
       </c>
       <c r="D150" t="s">
-        <v>341</v>
+        <v>375</v>
       </c>
       <c r="E150" t="s">
-        <v>342</v>
+        <v>376</v>
       </c>
       <c r="F150" t="s">
-        <v>36</v>
+        <v>46</v>
       </c>
       <c r="G150" s="1" t="s">
-        <v>559</v>
+        <v>549</v>
       </c>
       <c r="H150" t="s">
-        <v>560</v>
+        <v>550</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
-        <v>561</v>
+        <v>551</v>
       </c>
       <c r="B151" t="s">
         <v>9</v>
       </c>
       <c r="C151" t="s">
-        <v>562</v>
+        <v>552</v>
       </c>
       <c r="D151" t="s">
-        <v>341</v>
+        <v>375</v>
       </c>
       <c r="E151" t="s">
-        <v>342</v>
+        <v>376</v>
       </c>
       <c r="F151" t="s">
-        <v>36</v>
+        <v>94</v>
       </c>
       <c r="G151" s="1" t="s">
-        <v>563</v>
+        <v>553</v>
       </c>
       <c r="H151" t="s">
-        <v>564</v>
+        <v>554</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
-        <v>565</v>
+        <v>555</v>
       </c>
       <c r="B152" t="s">
         <v>9</v>
       </c>
       <c r="C152" t="s">
-        <v>566</v>
+        <v>556</v>
       </c>
       <c r="D152" t="s">
-        <v>341</v>
+        <v>375</v>
       </c>
       <c r="E152" t="s">
-        <v>342</v>
+        <v>376</v>
       </c>
       <c r="F152" t="s">
-        <v>502</v>
+        <v>94</v>
       </c>
       <c r="G152" s="1" t="s">
-        <v>567</v>
+        <v>557</v>
       </c>
       <c r="H152" t="s">
-        <v>568</v>
+        <v>558</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
-        <v>569</v>
+        <v>559</v>
       </c>
       <c r="B153" t="s">
         <v>9</v>
       </c>
       <c r="C153" t="s">
-        <v>570</v>
+        <v>560</v>
       </c>
       <c r="D153" t="s">
-        <v>341</v>
+        <v>375</v>
       </c>
       <c r="E153" t="s">
-        <v>342</v>
+        <v>376</v>
       </c>
       <c r="F153" t="s">
-        <v>36</v>
+        <v>94</v>
       </c>
       <c r="G153" s="1" t="s">
-        <v>571</v>
+        <v>561</v>
       </c>
       <c r="H153" t="s">
-        <v>572</v>
+        <v>562</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
-        <v>573</v>
+        <v>563</v>
       </c>
       <c r="B154" t="s">
         <v>9</v>
       </c>
       <c r="C154" t="s">
-        <v>574</v>
+        <v>564</v>
       </c>
       <c r="D154" t="s">
-        <v>341</v>
+        <v>375</v>
       </c>
       <c r="E154" t="s">
-        <v>342</v>
+        <v>376</v>
       </c>
       <c r="F154" t="s">
-        <v>46</v>
+        <v>316</v>
       </c>
       <c r="G154" s="1" t="s">
-        <v>575</v>
+        <v>565</v>
       </c>
       <c r="H154" t="s">
-        <v>576</v>
+        <v>566</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
-        <v>577</v>
+        <v>567</v>
       </c>
       <c r="B155" t="s">
         <v>9</v>
       </c>
       <c r="C155" t="s">
-        <v>578</v>
+        <v>568</v>
       </c>
       <c r="D155" t="s">
-        <v>341</v>
+        <v>375</v>
       </c>
       <c r="E155" t="s">
-        <v>342</v>
+        <v>376</v>
       </c>
       <c r="F155" t="s">
-        <v>502</v>
+        <v>316</v>
       </c>
       <c r="G155" s="1" t="s">
-        <v>579</v>
+        <v>569</v>
       </c>
       <c r="H155" t="s">
-        <v>580</v>
+        <v>570</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
-        <v>581</v>
+        <v>571</v>
       </c>
       <c r="B156" t="s">
         <v>9</v>
       </c>
       <c r="C156" t="s">
-        <v>582</v>
+        <v>572</v>
       </c>
       <c r="D156" t="s">
-        <v>341</v>
+        <v>375</v>
       </c>
       <c r="E156" t="s">
-        <v>342</v>
+        <v>376</v>
       </c>
       <c r="F156" t="s">
-        <v>46</v>
+        <v>316</v>
       </c>
       <c r="G156" s="1" t="s">
-        <v>583</v>
+        <v>573</v>
       </c>
       <c r="H156" t="s">
-        <v>584</v>
+        <v>574</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
-        <v>585</v>
+        <v>575</v>
       </c>
       <c r="B157" t="s">
         <v>9</v>
       </c>
       <c r="C157" t="s">
-        <v>586</v>
+        <v>576</v>
       </c>
       <c r="D157" t="s">
-        <v>341</v>
+        <v>375</v>
       </c>
       <c r="E157" t="s">
-        <v>342</v>
+        <v>376</v>
       </c>
       <c r="F157" t="s">
-        <v>22</v>
+        <v>94</v>
       </c>
       <c r="G157" s="1" t="s">
-        <v>587</v>
+        <v>577</v>
       </c>
       <c r="H157" t="s">
-        <v>588</v>
+        <v>578</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
-        <v>589</v>
+        <v>579</v>
       </c>
       <c r="B158" t="s">
         <v>9</v>
       </c>
       <c r="C158" t="s">
-        <v>590</v>
+        <v>580</v>
       </c>
       <c r="D158" t="s">
-        <v>341</v>
+        <v>375</v>
       </c>
       <c r="E158" t="s">
-        <v>342</v>
+        <v>376</v>
       </c>
       <c r="F158" t="s">
         <v>94</v>
       </c>
       <c r="G158" s="1" t="s">
-        <v>591</v>
+        <v>581</v>
       </c>
       <c r="H158" t="s">
-        <v>592</v>
+        <v>582</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
-        <v>593</v>
+        <v>583</v>
       </c>
       <c r="B159" t="s">
         <v>9</v>
       </c>
       <c r="C159" t="s">
-        <v>594</v>
+        <v>584</v>
       </c>
       <c r="D159" t="s">
-        <v>341</v>
+        <v>375</v>
       </c>
       <c r="E159" t="s">
-        <v>342</v>
+        <v>376</v>
       </c>
       <c r="F159" t="s">
-        <v>502</v>
+        <v>46</v>
       </c>
       <c r="G159" s="1" t="s">
-        <v>595</v>
+        <v>585</v>
       </c>
       <c r="H159" t="s">
-        <v>596</v>
+        <v>586</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
-        <v>597</v>
+        <v>587</v>
       </c>
       <c r="B160" t="s">
         <v>9</v>
       </c>
       <c r="C160" t="s">
-        <v>598</v>
+        <v>588</v>
       </c>
       <c r="D160" t="s">
-        <v>341</v>
+        <v>375</v>
       </c>
       <c r="E160" t="s">
-        <v>342</v>
+        <v>376</v>
       </c>
       <c r="F160" t="s">
-        <v>107</v>
+        <v>46</v>
       </c>
       <c r="G160" s="1" t="s">
-        <v>599</v>
+        <v>589</v>
       </c>
       <c r="H160" t="s">
-        <v>600</v>
+        <v>590</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
-        <v>601</v>
+        <v>591</v>
       </c>
       <c r="B161" t="s">
         <v>9</v>
       </c>
       <c r="C161" t="s">
-        <v>602</v>
+        <v>592</v>
       </c>
       <c r="D161" t="s">
-        <v>341</v>
+        <v>375</v>
       </c>
       <c r="E161" t="s">
-        <v>342</v>
+        <v>376</v>
       </c>
       <c r="F161" t="s">
-        <v>312</v>
+        <v>36</v>
       </c>
       <c r="G161" s="1" t="s">
-        <v>603</v>
+        <v>593</v>
       </c>
       <c r="H161" t="s">
-        <v>604</v>
+        <v>594</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
-        <v>605</v>
+        <v>595</v>
       </c>
       <c r="B162" t="s">
         <v>9</v>
       </c>
       <c r="C162" t="s">
-        <v>606</v>
+        <v>596</v>
       </c>
       <c r="D162" t="s">
-        <v>341</v>
+        <v>375</v>
       </c>
       <c r="E162" t="s">
-        <v>342</v>
+        <v>376</v>
       </c>
       <c r="F162" t="s">
-        <v>46</v>
+        <v>36</v>
       </c>
       <c r="G162" s="1" t="s">
-        <v>607</v>
+        <v>597</v>
       </c>
       <c r="H162" t="s">
-        <v>608</v>
+        <v>598</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
-        <v>609</v>
+        <v>599</v>
       </c>
       <c r="B163" t="s">
         <v>9</v>
       </c>
       <c r="C163" t="s">
-        <v>610</v>
+        <v>600</v>
       </c>
       <c r="D163" t="s">
-        <v>341</v>
+        <v>375</v>
       </c>
       <c r="E163" t="s">
-        <v>342</v>
+        <v>376</v>
       </c>
       <c r="F163" t="s">
-        <v>46</v>
+        <v>536</v>
       </c>
       <c r="G163" s="1" t="s">
-        <v>611</v>
+        <v>601</v>
       </c>
       <c r="H163" t="s">
-        <v>612</v>
+        <v>602</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
-        <v>613</v>
+        <v>603</v>
       </c>
       <c r="B164" t="s">
         <v>9</v>
       </c>
       <c r="C164" t="s">
-        <v>614</v>
+        <v>604</v>
       </c>
       <c r="D164" t="s">
-        <v>341</v>
+        <v>375</v>
       </c>
       <c r="E164" t="s">
-        <v>342</v>
+        <v>376</v>
       </c>
       <c r="F164" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="G164" s="1" t="s">
-        <v>615</v>
+        <v>605</v>
       </c>
       <c r="H164" t="s">
-        <v>616</v>
+        <v>606</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
-        <v>617</v>
+        <v>607</v>
       </c>
       <c r="B165" t="s">
         <v>9</v>
       </c>
       <c r="C165" t="s">
-        <v>618</v>
+        <v>608</v>
       </c>
       <c r="D165" t="s">
-        <v>341</v>
+        <v>375</v>
       </c>
       <c r="E165" t="s">
-        <v>342</v>
+        <v>376</v>
       </c>
       <c r="F165" t="s">
-        <v>308</v>
+        <v>46</v>
       </c>
       <c r="G165" s="1" t="s">
-        <v>619</v>
+        <v>609</v>
       </c>
       <c r="H165" t="s">
-        <v>620</v>
+        <v>610</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
-        <v>621</v>
+        <v>611</v>
       </c>
       <c r="B166" t="s">
         <v>9</v>
       </c>
       <c r="C166" t="s">
-        <v>622</v>
+        <v>612</v>
       </c>
       <c r="D166" t="s">
-        <v>341</v>
+        <v>375</v>
       </c>
       <c r="E166" t="s">
-        <v>342</v>
+        <v>376</v>
       </c>
       <c r="F166" t="s">
-        <v>22</v>
+        <v>536</v>
       </c>
       <c r="G166" s="1" t="s">
-        <v>623</v>
+        <v>613</v>
       </c>
       <c r="H166" t="s">
-        <v>624</v>
+        <v>614</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
-        <v>625</v>
+        <v>615</v>
       </c>
       <c r="B167" t="s">
         <v>9</v>
       </c>
       <c r="C167" t="s">
-        <v>626</v>
+        <v>616</v>
       </c>
       <c r="D167" t="s">
-        <v>341</v>
+        <v>375</v>
       </c>
       <c r="E167" t="s">
-        <v>342</v>
+        <v>376</v>
       </c>
       <c r="F167" t="s">
-        <v>287</v>
+        <v>46</v>
       </c>
       <c r="G167" s="1" t="s">
-        <v>627</v>
+        <v>617</v>
       </c>
       <c r="H167" t="s">
-        <v>628</v>
+        <v>618</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
-        <v>629</v>
+        <v>619</v>
       </c>
       <c r="B168" t="s">
         <v>9</v>
       </c>
       <c r="C168" t="s">
-        <v>630</v>
+        <v>620</v>
       </c>
       <c r="D168" t="s">
-        <v>341</v>
+        <v>375</v>
       </c>
       <c r="E168" t="s">
-        <v>342</v>
+        <v>376</v>
       </c>
       <c r="F168" t="s">
-        <v>287</v>
+        <v>22</v>
       </c>
       <c r="G168" s="1" t="s">
-        <v>631</v>
+        <v>621</v>
       </c>
       <c r="H168" t="s">
-        <v>632</v>
+        <v>622</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
-        <v>633</v>
+        <v>623</v>
       </c>
       <c r="B169" t="s">
         <v>9</v>
       </c>
       <c r="C169" t="s">
-        <v>634</v>
+        <v>624</v>
       </c>
       <c r="D169" t="s">
-        <v>341</v>
+        <v>375</v>
       </c>
       <c r="E169" t="s">
-        <v>342</v>
+        <v>376</v>
       </c>
       <c r="F169" t="s">
-        <v>287</v>
+        <v>94</v>
       </c>
       <c r="G169" s="1" t="s">
-        <v>635</v>
+        <v>625</v>
       </c>
       <c r="H169" t="s">
-        <v>636</v>
+        <v>626</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
-        <v>637</v>
+        <v>627</v>
       </c>
       <c r="B170" t="s">
         <v>9</v>
       </c>
       <c r="C170" t="s">
-        <v>638</v>
+        <v>628</v>
       </c>
       <c r="D170" t="s">
-        <v>341</v>
+        <v>375</v>
       </c>
       <c r="E170" t="s">
-        <v>342</v>
+        <v>376</v>
       </c>
       <c r="F170" t="s">
-        <v>502</v>
+        <v>536</v>
       </c>
       <c r="G170" s="1" t="s">
-        <v>639</v>
+        <v>629</v>
       </c>
       <c r="H170" t="s">
-        <v>640</v>
+        <v>630</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
-        <v>641</v>
+        <v>631</v>
       </c>
       <c r="B171" t="s">
         <v>9</v>
       </c>
       <c r="C171" t="s">
-        <v>642</v>
+        <v>632</v>
       </c>
       <c r="D171" t="s">
-        <v>341</v>
+        <v>375</v>
       </c>
       <c r="E171" t="s">
-        <v>342</v>
+        <v>376</v>
       </c>
       <c r="F171" t="s">
-        <v>94</v>
+        <v>107</v>
       </c>
       <c r="G171" s="1" t="s">
-        <v>643</v>
+        <v>633</v>
       </c>
       <c r="H171" t="s">
-        <v>644</v>
+        <v>634</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
-        <v>645</v>
+        <v>635</v>
       </c>
       <c r="B172" t="s">
         <v>9</v>
       </c>
       <c r="C172" t="s">
-        <v>646</v>
+        <v>636</v>
       </c>
       <c r="D172" t="s">
-        <v>341</v>
+        <v>375</v>
       </c>
       <c r="E172" t="s">
-        <v>342</v>
+        <v>376</v>
       </c>
       <c r="F172" t="s">
-        <v>46</v>
+        <v>320</v>
       </c>
       <c r="G172" s="1" t="s">
-        <v>647</v>
+        <v>637</v>
       </c>
       <c r="H172" t="s">
-        <v>648</v>
+        <v>638</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
-        <v>649</v>
+        <v>639</v>
       </c>
       <c r="B173" t="s">
         <v>9</v>
       </c>
       <c r="C173" t="s">
-        <v>650</v>
+        <v>640</v>
       </c>
       <c r="D173" t="s">
-        <v>341</v>
+        <v>375</v>
       </c>
       <c r="E173" t="s">
-        <v>342</v>
+        <v>376</v>
       </c>
       <c r="F173" t="s">
-        <v>22</v>
+        <v>46</v>
       </c>
       <c r="G173" s="1" t="s">
-        <v>651</v>
+        <v>641</v>
       </c>
       <c r="H173" t="s">
-        <v>652</v>
+        <v>642</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
-        <v>653</v>
+        <v>643</v>
       </c>
       <c r="B174" t="s">
         <v>9</v>
       </c>
       <c r="C174" t="s">
-        <v>654</v>
+        <v>644</v>
       </c>
       <c r="D174" t="s">
-        <v>341</v>
+        <v>375</v>
       </c>
       <c r="E174" t="s">
-        <v>342</v>
+        <v>376</v>
       </c>
       <c r="F174" t="s">
-        <v>36</v>
+        <v>46</v>
       </c>
       <c r="G174" s="1" t="s">
-        <v>655</v>
+        <v>645</v>
       </c>
       <c r="H174" t="s">
-        <v>656</v>
+        <v>646</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
-        <v>657</v>
+        <v>647</v>
       </c>
       <c r="B175" t="s">
         <v>9</v>
       </c>
       <c r="C175" t="s">
-        <v>658</v>
+        <v>648</v>
       </c>
       <c r="D175" t="s">
-        <v>341</v>
+        <v>375</v>
       </c>
       <c r="E175" t="s">
-        <v>342</v>
+        <v>376</v>
       </c>
       <c r="F175" t="s">
-        <v>46</v>
+        <v>22</v>
       </c>
       <c r="G175" s="1" t="s">
-        <v>659</v>
+        <v>649</v>
       </c>
       <c r="H175" t="s">
-        <v>660</v>
+        <v>650</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
-        <v>661</v>
+        <v>651</v>
       </c>
       <c r="B176" t="s">
         <v>9</v>
       </c>
       <c r="C176" t="s">
-        <v>662</v>
+        <v>652</v>
       </c>
       <c r="D176" t="s">
-        <v>341</v>
+        <v>375</v>
       </c>
       <c r="E176" t="s">
-        <v>342</v>
+        <v>376</v>
       </c>
       <c r="F176" t="s">
-        <v>94</v>
+        <v>316</v>
       </c>
       <c r="G176" s="1" t="s">
-        <v>663</v>
+        <v>653</v>
       </c>
       <c r="H176" t="s">
-        <v>664</v>
+        <v>654</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
-        <v>665</v>
+        <v>655</v>
       </c>
       <c r="B177" t="s">
         <v>9</v>
       </c>
       <c r="C177" t="s">
-        <v>666</v>
+        <v>656</v>
       </c>
       <c r="D177" t="s">
-        <v>341</v>
+        <v>375</v>
       </c>
       <c r="E177" t="s">
-        <v>342</v>
+        <v>376</v>
       </c>
       <c r="F177" t="s">
-        <v>502</v>
+        <v>22</v>
       </c>
       <c r="G177" s="1" t="s">
-        <v>667</v>
+        <v>657</v>
       </c>
       <c r="H177" t="s">
-        <v>668</v>
+        <v>658</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
-        <v>669</v>
+        <v>659</v>
       </c>
       <c r="B178" t="s">
         <v>9</v>
       </c>
       <c r="C178" t="s">
-        <v>670</v>
+        <v>660</v>
       </c>
       <c r="D178" t="s">
-        <v>341</v>
+        <v>375</v>
       </c>
       <c r="E178" t="s">
-        <v>342</v>
+        <v>376</v>
       </c>
       <c r="F178" t="s">
-        <v>46</v>
+        <v>295</v>
       </c>
       <c r="G178" s="1" t="s">
-        <v>671</v>
+        <v>661</v>
       </c>
       <c r="H178" t="s">
-        <v>672</v>
+        <v>662</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
-        <v>673</v>
+        <v>663</v>
       </c>
       <c r="B179" t="s">
         <v>9</v>
       </c>
       <c r="C179" t="s">
-        <v>674</v>
+        <v>664</v>
       </c>
       <c r="D179" t="s">
-        <v>341</v>
+        <v>375</v>
       </c>
       <c r="E179" t="s">
-        <v>342</v>
+        <v>376</v>
       </c>
       <c r="F179" t="s">
-        <v>46</v>
+        <v>295</v>
       </c>
       <c r="G179" s="1" t="s">
-        <v>675</v>
+        <v>665</v>
       </c>
       <c r="H179" t="s">
-        <v>676</v>
+        <v>666</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
-        <v>677</v>
+        <v>667</v>
       </c>
       <c r="B180" t="s">
         <v>9</v>
       </c>
       <c r="C180" t="s">
-        <v>678</v>
+        <v>668</v>
       </c>
       <c r="D180" t="s">
-        <v>341</v>
+        <v>375</v>
       </c>
       <c r="E180" t="s">
-        <v>342</v>
+        <v>376</v>
       </c>
       <c r="F180" t="s">
-        <v>46</v>
+        <v>295</v>
       </c>
       <c r="G180" s="1" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="H180" t="s">
-        <v>680</v>
+        <v>670</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
-        <v>681</v>
+        <v>671</v>
       </c>
       <c r="B181" t="s">
         <v>9</v>
       </c>
       <c r="C181" t="s">
-        <v>682</v>
+        <v>672</v>
       </c>
       <c r="D181" t="s">
-        <v>341</v>
+        <v>375</v>
       </c>
       <c r="E181" t="s">
-        <v>342</v>
+        <v>376</v>
       </c>
       <c r="F181" t="s">
-        <v>36</v>
+        <v>536</v>
       </c>
       <c r="G181" s="1" t="s">
-        <v>683</v>
+        <v>673</v>
       </c>
       <c r="H181" t="s">
-        <v>684</v>
+        <v>674</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
-        <v>685</v>
+        <v>675</v>
       </c>
       <c r="B182" t="s">
         <v>9</v>
       </c>
       <c r="C182" t="s">
-        <v>686</v>
+        <v>676</v>
       </c>
       <c r="D182" t="s">
-        <v>341</v>
+        <v>375</v>
       </c>
       <c r="E182" t="s">
-        <v>342</v>
+        <v>376</v>
       </c>
       <c r="F182" t="s">
-        <v>36</v>
+        <v>94</v>
       </c>
       <c r="G182" s="1" t="s">
-        <v>687</v>
+        <v>677</v>
       </c>
       <c r="H182" t="s">
-        <v>688</v>
+        <v>678</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
-        <v>689</v>
+        <v>679</v>
       </c>
       <c r="B183" t="s">
         <v>9</v>
       </c>
       <c r="C183" t="s">
-        <v>690</v>
+        <v>680</v>
       </c>
       <c r="D183" t="s">
-        <v>341</v>
+        <v>375</v>
       </c>
       <c r="E183" t="s">
-        <v>342</v>
+        <v>376</v>
       </c>
       <c r="F183" t="s">
-        <v>36</v>
+        <v>46</v>
       </c>
       <c r="G183" s="1" t="s">
-        <v>691</v>
+        <v>681</v>
       </c>
       <c r="H183" t="s">
-        <v>692</v>
+        <v>682</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
-        <v>693</v>
+        <v>683</v>
       </c>
       <c r="B184" t="s">
         <v>9</v>
       </c>
       <c r="C184" t="s">
-        <v>694</v>
+        <v>684</v>
       </c>
       <c r="D184" t="s">
-        <v>341</v>
+        <v>375</v>
       </c>
       <c r="E184" t="s">
-        <v>342</v>
+        <v>376</v>
       </c>
       <c r="F184" t="s">
-        <v>36</v>
+        <v>22</v>
       </c>
       <c r="G184" s="1" t="s">
-        <v>695</v>
+        <v>685</v>
       </c>
       <c r="H184" t="s">
-        <v>696</v>
+        <v>686</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
-        <v>697</v>
+        <v>687</v>
       </c>
       <c r="B185" t="s">
         <v>9</v>
       </c>
       <c r="C185" t="s">
-        <v>698</v>
+        <v>688</v>
       </c>
       <c r="D185" t="s">
-        <v>341</v>
+        <v>375</v>
       </c>
       <c r="E185" t="s">
-        <v>342</v>
+        <v>376</v>
       </c>
       <c r="F185" t="s">
         <v>36</v>
       </c>
       <c r="G185" s="1" t="s">
-        <v>699</v>
+        <v>689</v>
       </c>
       <c r="H185" t="s">
-        <v>700</v>
+        <v>690</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
-        <v>701</v>
+        <v>691</v>
       </c>
       <c r="B186" t="s">
         <v>9</v>
       </c>
       <c r="C186" t="s">
-        <v>702</v>
+        <v>692</v>
       </c>
       <c r="D186" t="s">
-        <v>341</v>
+        <v>375</v>
       </c>
       <c r="E186" t="s">
-        <v>342</v>
+        <v>376</v>
       </c>
       <c r="F186" t="s">
-        <v>107</v>
+        <v>46</v>
       </c>
       <c r="G186" s="1" t="s">
-        <v>703</v>
+        <v>693</v>
       </c>
       <c r="H186" t="s">
-        <v>704</v>
+        <v>694</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
-        <v>705</v>
+        <v>695</v>
       </c>
       <c r="B187" t="s">
         <v>9</v>
       </c>
       <c r="C187" t="s">
-        <v>706</v>
+        <v>696</v>
       </c>
       <c r="D187" t="s">
-        <v>341</v>
+        <v>375</v>
       </c>
       <c r="E187" t="s">
-        <v>342</v>
+        <v>376</v>
       </c>
       <c r="F187" t="s">
-        <v>312</v>
+        <v>94</v>
       </c>
       <c r="G187" s="1" t="s">
-        <v>707</v>
+        <v>697</v>
       </c>
       <c r="H187" t="s">
-        <v>708</v>
+        <v>698</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
-        <v>709</v>
+        <v>699</v>
       </c>
       <c r="B188" t="s">
         <v>9</v>
       </c>
       <c r="C188" t="s">
-        <v>710</v>
+        <v>700</v>
       </c>
       <c r="D188" t="s">
-        <v>341</v>
+        <v>375</v>
       </c>
       <c r="E188" t="s">
-        <v>342</v>
+        <v>376</v>
       </c>
       <c r="F188" t="s">
-        <v>449</v>
+        <v>536</v>
       </c>
       <c r="G188" s="1" t="s">
-        <v>711</v>
+        <v>701</v>
       </c>
       <c r="H188" t="s">
-        <v>712</v>
+        <v>702</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
-        <v>713</v>
+        <v>703</v>
       </c>
       <c r="B189" t="s">
         <v>9</v>
       </c>
       <c r="C189" t="s">
-        <v>714</v>
+        <v>704</v>
       </c>
       <c r="D189" t="s">
-        <v>341</v>
+        <v>375</v>
       </c>
       <c r="E189" t="s">
-        <v>342</v>
+        <v>376</v>
       </c>
       <c r="F189" t="s">
-        <v>312</v>
+        <v>46</v>
       </c>
       <c r="G189" s="1" t="s">
-        <v>715</v>
+        <v>705</v>
       </c>
       <c r="H189" t="s">
-        <v>716</v>
+        <v>706</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
-        <v>717</v>
+        <v>707</v>
       </c>
       <c r="B190" t="s">
         <v>9</v>
       </c>
       <c r="C190" t="s">
-        <v>718</v>
+        <v>708</v>
       </c>
       <c r="D190" t="s">
-        <v>341</v>
+        <v>375</v>
       </c>
       <c r="E190" t="s">
-        <v>342</v>
+        <v>376</v>
       </c>
       <c r="F190" t="s">
-        <v>22</v>
+        <v>46</v>
       </c>
       <c r="G190" s="1" t="s">
-        <v>719</v>
+        <v>709</v>
       </c>
       <c r="H190" t="s">
-        <v>720</v>
+        <v>710</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
-        <v>721</v>
+        <v>711</v>
       </c>
       <c r="B191" t="s">
         <v>9</v>
       </c>
       <c r="C191" t="s">
-        <v>722</v>
+        <v>712</v>
       </c>
       <c r="D191" t="s">
-        <v>341</v>
+        <v>375</v>
       </c>
       <c r="E191" t="s">
-        <v>342</v>
+        <v>376</v>
       </c>
       <c r="F191" t="s">
-        <v>502</v>
+        <v>46</v>
       </c>
       <c r="G191" s="1" t="s">
-        <v>723</v>
+        <v>713</v>
       </c>
       <c r="H191" t="s">
-        <v>724</v>
+        <v>714</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
-        <v>725</v>
+        <v>715</v>
       </c>
       <c r="B192" t="s">
         <v>9</v>
       </c>
       <c r="C192" t="s">
-        <v>726</v>
+        <v>716</v>
       </c>
       <c r="D192" t="s">
-        <v>341</v>
+        <v>375</v>
       </c>
       <c r="E192" t="s">
-        <v>342</v>
+        <v>376</v>
       </c>
       <c r="F192" t="s">
-        <v>502</v>
+        <v>36</v>
       </c>
       <c r="G192" s="1" t="s">
-        <v>727</v>
+        <v>717</v>
       </c>
       <c r="H192" t="s">
-        <v>728</v>
+        <v>718</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
-        <v>729</v>
+        <v>719</v>
       </c>
       <c r="B193" t="s">
         <v>9</v>
       </c>
       <c r="C193" t="s">
-        <v>730</v>
+        <v>720</v>
       </c>
       <c r="D193" t="s">
-        <v>341</v>
+        <v>375</v>
       </c>
       <c r="E193" t="s">
-        <v>342</v>
+        <v>376</v>
       </c>
       <c r="F193" t="s">
-        <v>94</v>
+        <v>36</v>
       </c>
       <c r="G193" s="1" t="s">
-        <v>731</v>
+        <v>721</v>
       </c>
       <c r="H193" t="s">
-        <v>732</v>
+        <v>722</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
-        <v>733</v>
+        <v>723</v>
       </c>
       <c r="B194" t="s">
         <v>9</v>
       </c>
       <c r="C194" t="s">
-        <v>734</v>
+        <v>724</v>
       </c>
       <c r="D194" t="s">
-        <v>341</v>
+        <v>375</v>
       </c>
       <c r="E194" t="s">
-        <v>342</v>
+        <v>376</v>
       </c>
       <c r="F194" t="s">
-        <v>46</v>
+        <v>36</v>
       </c>
       <c r="G194" s="1" t="s">
-        <v>735</v>
+        <v>725</v>
       </c>
       <c r="H194" t="s">
-        <v>736</v>
+        <v>726</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
-        <v>737</v>
+        <v>727</v>
       </c>
       <c r="B195" t="s">
         <v>9</v>
       </c>
       <c r="C195" t="s">
-        <v>738</v>
+        <v>728</v>
       </c>
       <c r="D195" t="s">
-        <v>341</v>
+        <v>375</v>
       </c>
       <c r="E195" t="s">
-        <v>342</v>
+        <v>376</v>
       </c>
       <c r="F195" t="s">
-        <v>502</v>
+        <v>36</v>
       </c>
       <c r="G195" s="1" t="s">
-        <v>739</v>
+        <v>729</v>
       </c>
       <c r="H195" t="s">
-        <v>740</v>
+        <v>730</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
-        <v>741</v>
+        <v>731</v>
       </c>
       <c r="B196" t="s">
         <v>9</v>
       </c>
       <c r="C196" t="s">
-        <v>742</v>
+        <v>732</v>
       </c>
       <c r="D196" t="s">
-        <v>341</v>
+        <v>375</v>
       </c>
       <c r="E196" t="s">
-        <v>342</v>
+        <v>376</v>
       </c>
       <c r="F196" t="s">
-        <v>287</v>
+        <v>36</v>
       </c>
       <c r="G196" s="1" t="s">
-        <v>743</v>
+        <v>733</v>
       </c>
       <c r="H196" t="s">
-        <v>744</v>
+        <v>734</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
-        <v>745</v>
+        <v>735</v>
       </c>
       <c r="B197" t="s">
         <v>9</v>
       </c>
       <c r="C197" t="s">
-        <v>746</v>
+        <v>736</v>
       </c>
       <c r="D197" t="s">
-        <v>341</v>
+        <v>375</v>
       </c>
       <c r="E197" t="s">
-        <v>342</v>
+        <v>376</v>
       </c>
       <c r="F197" t="s">
-        <v>287</v>
+        <v>107</v>
       </c>
       <c r="G197" s="1" t="s">
-        <v>747</v>
+        <v>737</v>
       </c>
       <c r="H197" t="s">
-        <v>748</v>
+        <v>738</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="s">
-        <v>749</v>
+        <v>739</v>
       </c>
       <c r="B198" t="s">
         <v>9</v>
       </c>
       <c r="C198" t="s">
-        <v>750</v>
+        <v>740</v>
       </c>
       <c r="D198" t="s">
-        <v>341</v>
+        <v>375</v>
       </c>
       <c r="E198" t="s">
-        <v>342</v>
+        <v>376</v>
       </c>
       <c r="F198" t="s">
-        <v>287</v>
+        <v>320</v>
       </c>
       <c r="G198" s="1" t="s">
-        <v>751</v>
+        <v>741</v>
       </c>
       <c r="H198" t="s">
-        <v>752</v>
+        <v>742</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
-        <v>753</v>
+        <v>743</v>
       </c>
       <c r="B199" t="s">
         <v>9</v>
       </c>
       <c r="C199" t="s">
-        <v>10</v>
+        <v>744</v>
       </c>
       <c r="D199" t="s">
-        <v>754</v>
+        <v>375</v>
       </c>
       <c r="E199" t="s">
-        <v>755</v>
+        <v>376</v>
       </c>
       <c r="F199" t="s">
-        <v>224</v>
+        <v>483</v>
       </c>
       <c r="G199" s="1" t="s">
-        <v>756</v>
+        <v>745</v>
       </c>
       <c r="H199" t="s">
-        <v>757</v>
+        <v>746</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" t="s">
+        <v>747</v>
+      </c>
+      <c r="B200" t="s">
+        <v>9</v>
+      </c>
+      <c r="C200" t="s">
+        <v>748</v>
+      </c>
+      <c r="D200" t="s">
+        <v>375</v>
+      </c>
+      <c r="E200" t="s">
+        <v>376</v>
+      </c>
+      <c r="F200" t="s">
+        <v>320</v>
+      </c>
+      <c r="G200" s="1" t="s">
+        <v>749</v>
+      </c>
+      <c r="H200" t="s">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="201" spans="1:8">
+      <c r="A201" t="s">
+        <v>751</v>
+      </c>
+      <c r="B201" t="s">
+        <v>9</v>
+      </c>
+      <c r="C201" t="s">
+        <v>752</v>
+      </c>
+      <c r="D201" t="s">
+        <v>375</v>
+      </c>
+      <c r="E201" t="s">
+        <v>376</v>
+      </c>
+      <c r="F201" t="s">
+        <v>22</v>
+      </c>
+      <c r="G201" s="1" t="s">
+        <v>753</v>
+      </c>
+      <c r="H201" t="s">
+        <v>754</v>
+      </c>
+    </row>
+    <row r="202" spans="1:8">
+      <c r="A202" t="s">
+        <v>755</v>
+      </c>
+      <c r="B202" t="s">
+        <v>9</v>
+      </c>
+      <c r="C202" t="s">
+        <v>756</v>
+      </c>
+      <c r="D202" t="s">
+        <v>375</v>
+      </c>
+      <c r="E202" t="s">
+        <v>376</v>
+      </c>
+      <c r="F202" t="s">
+        <v>536</v>
+      </c>
+      <c r="G202" s="1" t="s">
+        <v>757</v>
+      </c>
+      <c r="H202" t="s">
         <v>758</v>
       </c>
-      <c r="B200" t="s">
-[...2 lines deleted...]
-      <c r="C200" t="s">
+    </row>
+    <row r="203" spans="1:8">
+      <c r="A203" t="s">
+        <v>759</v>
+      </c>
+      <c r="B203" t="s">
+        <v>9</v>
+      </c>
+      <c r="C203" t="s">
+        <v>760</v>
+      </c>
+      <c r="D203" t="s">
+        <v>375</v>
+      </c>
+      <c r="E203" t="s">
+        <v>376</v>
+      </c>
+      <c r="F203" t="s">
+        <v>536</v>
+      </c>
+      <c r="G203" s="1" t="s">
+        <v>761</v>
+      </c>
+      <c r="H203" t="s">
+        <v>762</v>
+      </c>
+    </row>
+    <row r="204" spans="1:8">
+      <c r="A204" t="s">
+        <v>763</v>
+      </c>
+      <c r="B204" t="s">
+        <v>9</v>
+      </c>
+      <c r="C204" t="s">
+        <v>764</v>
+      </c>
+      <c r="D204" t="s">
+        <v>375</v>
+      </c>
+      <c r="E204" t="s">
+        <v>376</v>
+      </c>
+      <c r="F204" t="s">
+        <v>94</v>
+      </c>
+      <c r="G204" s="1" t="s">
+        <v>765</v>
+      </c>
+      <c r="H204" t="s">
+        <v>766</v>
+      </c>
+    </row>
+    <row r="205" spans="1:8">
+      <c r="A205" t="s">
+        <v>767</v>
+      </c>
+      <c r="B205" t="s">
+        <v>9</v>
+      </c>
+      <c r="C205" t="s">
+        <v>768</v>
+      </c>
+      <c r="D205" t="s">
+        <v>375</v>
+      </c>
+      <c r="E205" t="s">
+        <v>376</v>
+      </c>
+      <c r="F205" t="s">
+        <v>46</v>
+      </c>
+      <c r="G205" s="1" t="s">
+        <v>769</v>
+      </c>
+      <c r="H205" t="s">
+        <v>770</v>
+      </c>
+    </row>
+    <row r="206" spans="1:8">
+      <c r="A206" t="s">
+        <v>771</v>
+      </c>
+      <c r="B206" t="s">
+        <v>9</v>
+      </c>
+      <c r="C206" t="s">
+        <v>772</v>
+      </c>
+      <c r="D206" t="s">
+        <v>375</v>
+      </c>
+      <c r="E206" t="s">
+        <v>376</v>
+      </c>
+      <c r="F206" t="s">
+        <v>536</v>
+      </c>
+      <c r="G206" s="1" t="s">
+        <v>773</v>
+      </c>
+      <c r="H206" t="s">
+        <v>774</v>
+      </c>
+    </row>
+    <row r="207" spans="1:8">
+      <c r="A207" t="s">
+        <v>775</v>
+      </c>
+      <c r="B207" t="s">
+        <v>9</v>
+      </c>
+      <c r="C207" t="s">
+        <v>776</v>
+      </c>
+      <c r="D207" t="s">
+        <v>375</v>
+      </c>
+      <c r="E207" t="s">
+        <v>376</v>
+      </c>
+      <c r="F207" t="s">
+        <v>295</v>
+      </c>
+      <c r="G207" s="1" t="s">
+        <v>777</v>
+      </c>
+      <c r="H207" t="s">
+        <v>778</v>
+      </c>
+    </row>
+    <row r="208" spans="1:8">
+      <c r="A208" t="s">
+        <v>779</v>
+      </c>
+      <c r="B208" t="s">
+        <v>9</v>
+      </c>
+      <c r="C208" t="s">
+        <v>780</v>
+      </c>
+      <c r="D208" t="s">
+        <v>375</v>
+      </c>
+      <c r="E208" t="s">
+        <v>376</v>
+      </c>
+      <c r="F208" t="s">
+        <v>295</v>
+      </c>
+      <c r="G208" s="1" t="s">
+        <v>781</v>
+      </c>
+      <c r="H208" t="s">
+        <v>782</v>
+      </c>
+    </row>
+    <row r="209" spans="1:8">
+      <c r="A209" t="s">
+        <v>783</v>
+      </c>
+      <c r="B209" t="s">
+        <v>9</v>
+      </c>
+      <c r="C209" t="s">
+        <v>784</v>
+      </c>
+      <c r="D209" t="s">
+        <v>375</v>
+      </c>
+      <c r="E209" t="s">
+        <v>376</v>
+      </c>
+      <c r="F209" t="s">
+        <v>295</v>
+      </c>
+      <c r="G209" s="1" t="s">
+        <v>785</v>
+      </c>
+      <c r="H209" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="210" spans="1:8">
+      <c r="A210" t="s">
+        <v>787</v>
+      </c>
+      <c r="B210" t="s">
+        <v>9</v>
+      </c>
+      <c r="C210" t="s">
+        <v>788</v>
+      </c>
+      <c r="D210" t="s">
+        <v>375</v>
+      </c>
+      <c r="E210" t="s">
+        <v>376</v>
+      </c>
+      <c r="F210" t="s">
+        <v>36</v>
+      </c>
+      <c r="G210" s="1" t="s">
+        <v>789</v>
+      </c>
+      <c r="H210" t="s">
+        <v>790</v>
+      </c>
+    </row>
+    <row r="211" spans="1:8">
+      <c r="A211" t="s">
+        <v>791</v>
+      </c>
+      <c r="B211" t="s">
+        <v>9</v>
+      </c>
+      <c r="C211" t="s">
+        <v>792</v>
+      </c>
+      <c r="D211" t="s">
+        <v>375</v>
+      </c>
+      <c r="E211" t="s">
+        <v>376</v>
+      </c>
+      <c r="F211" t="s">
+        <v>107</v>
+      </c>
+      <c r="G211" s="1" t="s">
+        <v>793</v>
+      </c>
+      <c r="H211" t="s">
+        <v>794</v>
+      </c>
+    </row>
+    <row r="212" spans="1:8">
+      <c r="A212" t="s">
+        <v>795</v>
+      </c>
+      <c r="B212" t="s">
+        <v>9</v>
+      </c>
+      <c r="C212" t="s">
+        <v>796</v>
+      </c>
+      <c r="D212" t="s">
+        <v>375</v>
+      </c>
+      <c r="E212" t="s">
+        <v>376</v>
+      </c>
+      <c r="F212" t="s">
+        <v>295</v>
+      </c>
+      <c r="G212" s="1" t="s">
+        <v>797</v>
+      </c>
+      <c r="H212" t="s">
+        <v>798</v>
+      </c>
+    </row>
+    <row r="213" spans="1:8">
+      <c r="A213" t="s">
+        <v>799</v>
+      </c>
+      <c r="B213" t="s">
+        <v>9</v>
+      </c>
+      <c r="C213" t="s">
+        <v>800</v>
+      </c>
+      <c r="D213" t="s">
+        <v>375</v>
+      </c>
+      <c r="E213" t="s">
+        <v>376</v>
+      </c>
+      <c r="F213" t="s">
+        <v>536</v>
+      </c>
+      <c r="G213" s="1" t="s">
+        <v>801</v>
+      </c>
+      <c r="H213" t="s">
+        <v>802</v>
+      </c>
+    </row>
+    <row r="214" spans="1:8">
+      <c r="A214" t="s">
+        <v>803</v>
+      </c>
+      <c r="B214" t="s">
+        <v>9</v>
+      </c>
+      <c r="C214" t="s">
+        <v>804</v>
+      </c>
+      <c r="D214" t="s">
+        <v>375</v>
+      </c>
+      <c r="E214" t="s">
+        <v>376</v>
+      </c>
+      <c r="F214" t="s">
+        <v>13</v>
+      </c>
+      <c r="G214" s="1" t="s">
+        <v>805</v>
+      </c>
+      <c r="H214" t="s">
+        <v>806</v>
+      </c>
+    </row>
+    <row r="215" spans="1:8">
+      <c r="A215" t="s">
+        <v>807</v>
+      </c>
+      <c r="B215" t="s">
+        <v>9</v>
+      </c>
+      <c r="C215" t="s">
+        <v>808</v>
+      </c>
+      <c r="D215" t="s">
+        <v>375</v>
+      </c>
+      <c r="E215" t="s">
+        <v>376</v>
+      </c>
+      <c r="F215" t="s">
+        <v>46</v>
+      </c>
+      <c r="G215" s="1" t="s">
+        <v>809</v>
+      </c>
+      <c r="H215" t="s">
+        <v>810</v>
+      </c>
+    </row>
+    <row r="216" spans="1:8">
+      <c r="A216" t="s">
+        <v>811</v>
+      </c>
+      <c r="B216" t="s">
+        <v>9</v>
+      </c>
+      <c r="C216" t="s">
+        <v>812</v>
+      </c>
+      <c r="D216" t="s">
+        <v>375</v>
+      </c>
+      <c r="E216" t="s">
+        <v>376</v>
+      </c>
+      <c r="F216" t="s">
+        <v>107</v>
+      </c>
+      <c r="G216" s="1" t="s">
+        <v>813</v>
+      </c>
+      <c r="H216" t="s">
+        <v>814</v>
+      </c>
+    </row>
+    <row r="217" spans="1:8">
+      <c r="A217" t="s">
+        <v>815</v>
+      </c>
+      <c r="B217" t="s">
+        <v>9</v>
+      </c>
+      <c r="C217" t="s">
+        <v>816</v>
+      </c>
+      <c r="D217" t="s">
+        <v>375</v>
+      </c>
+      <c r="E217" t="s">
+        <v>376</v>
+      </c>
+      <c r="F217" t="s">
+        <v>320</v>
+      </c>
+      <c r="G217" s="1" t="s">
+        <v>817</v>
+      </c>
+      <c r="H217" t="s">
+        <v>818</v>
+      </c>
+    </row>
+    <row r="218" spans="1:8">
+      <c r="A218" t="s">
+        <v>819</v>
+      </c>
+      <c r="B218" t="s">
+        <v>9</v>
+      </c>
+      <c r="C218" t="s">
+        <v>820</v>
+      </c>
+      <c r="D218" t="s">
+        <v>375</v>
+      </c>
+      <c r="E218" t="s">
+        <v>376</v>
+      </c>
+      <c r="F218" t="s">
+        <v>94</v>
+      </c>
+      <c r="G218" s="1" t="s">
+        <v>821</v>
+      </c>
+      <c r="H218" t="s">
+        <v>822</v>
+      </c>
+    </row>
+    <row r="219" spans="1:8">
+      <c r="A219" t="s">
+        <v>823</v>
+      </c>
+      <c r="B219" t="s">
+        <v>9</v>
+      </c>
+      <c r="C219" t="s">
+        <v>824</v>
+      </c>
+      <c r="D219" t="s">
+        <v>375</v>
+      </c>
+      <c r="E219" t="s">
+        <v>376</v>
+      </c>
+      <c r="F219" t="s">
+        <v>107</v>
+      </c>
+      <c r="G219" s="1" t="s">
+        <v>825</v>
+      </c>
+      <c r="H219" t="s">
+        <v>826</v>
+      </c>
+    </row>
+    <row r="220" spans="1:8">
+      <c r="A220" t="s">
+        <v>827</v>
+      </c>
+      <c r="B220" t="s">
+        <v>9</v>
+      </c>
+      <c r="C220" t="s">
+        <v>828</v>
+      </c>
+      <c r="D220" t="s">
+        <v>375</v>
+      </c>
+      <c r="E220" t="s">
+        <v>376</v>
+      </c>
+      <c r="F220" t="s">
+        <v>94</v>
+      </c>
+      <c r="G220" s="1" t="s">
+        <v>829</v>
+      </c>
+      <c r="H220" t="s">
+        <v>830</v>
+      </c>
+    </row>
+    <row r="221" spans="1:8">
+      <c r="A221" t="s">
+        <v>831</v>
+      </c>
+      <c r="B221" t="s">
+        <v>9</v>
+      </c>
+      <c r="C221" t="s">
+        <v>832</v>
+      </c>
+      <c r="D221" t="s">
+        <v>375</v>
+      </c>
+      <c r="E221" t="s">
+        <v>376</v>
+      </c>
+      <c r="F221" t="s">
+        <v>46</v>
+      </c>
+      <c r="G221" s="1" t="s">
+        <v>833</v>
+      </c>
+      <c r="H221" t="s">
+        <v>834</v>
+      </c>
+    </row>
+    <row r="222" spans="1:8">
+      <c r="A222" t="s">
+        <v>835</v>
+      </c>
+      <c r="B222" t="s">
+        <v>9</v>
+      </c>
+      <c r="C222" t="s">
+        <v>836</v>
+      </c>
+      <c r="D222" t="s">
+        <v>375</v>
+      </c>
+      <c r="E222" t="s">
+        <v>376</v>
+      </c>
+      <c r="F222" t="s">
+        <v>46</v>
+      </c>
+      <c r="G222" s="1" t="s">
+        <v>837</v>
+      </c>
+      <c r="H222" t="s">
+        <v>838</v>
+      </c>
+    </row>
+    <row r="223" spans="1:8">
+      <c r="A223" t="s">
+        <v>839</v>
+      </c>
+      <c r="B223" t="s">
+        <v>9</v>
+      </c>
+      <c r="C223" t="s">
+        <v>840</v>
+      </c>
+      <c r="D223" t="s">
+        <v>375</v>
+      </c>
+      <c r="E223" t="s">
+        <v>376</v>
+      </c>
+      <c r="F223" t="s">
+        <v>46</v>
+      </c>
+      <c r="G223" s="1" t="s">
+        <v>841</v>
+      </c>
+      <c r="H223" t="s">
+        <v>842</v>
+      </c>
+    </row>
+    <row r="224" spans="1:8">
+      <c r="A224" t="s">
+        <v>843</v>
+      </c>
+      <c r="B224" t="s">
+        <v>9</v>
+      </c>
+      <c r="C224" t="s">
+        <v>844</v>
+      </c>
+      <c r="D224" t="s">
+        <v>375</v>
+      </c>
+      <c r="E224" t="s">
+        <v>376</v>
+      </c>
+      <c r="F224" t="s">
+        <v>46</v>
+      </c>
+      <c r="G224" s="1" t="s">
+        <v>845</v>
+      </c>
+      <c r="H224" t="s">
+        <v>846</v>
+      </c>
+    </row>
+    <row r="225" spans="1:8">
+      <c r="A225" t="s">
+        <v>847</v>
+      </c>
+      <c r="B225" t="s">
+        <v>9</v>
+      </c>
+      <c r="C225" t="s">
+        <v>848</v>
+      </c>
+      <c r="D225" t="s">
+        <v>375</v>
+      </c>
+      <c r="E225" t="s">
+        <v>376</v>
+      </c>
+      <c r="F225" t="s">
+        <v>46</v>
+      </c>
+      <c r="G225" s="1" t="s">
+        <v>849</v>
+      </c>
+      <c r="H225" t="s">
+        <v>850</v>
+      </c>
+    </row>
+    <row r="226" spans="1:8">
+      <c r="A226" t="s">
+        <v>851</v>
+      </c>
+      <c r="B226" t="s">
+        <v>9</v>
+      </c>
+      <c r="C226" t="s">
+        <v>852</v>
+      </c>
+      <c r="D226" t="s">
+        <v>375</v>
+      </c>
+      <c r="E226" t="s">
+        <v>376</v>
+      </c>
+      <c r="F226" t="s">
+        <v>22</v>
+      </c>
+      <c r="G226" s="1" t="s">
+        <v>853</v>
+      </c>
+      <c r="H226" t="s">
+        <v>854</v>
+      </c>
+    </row>
+    <row r="227" spans="1:8">
+      <c r="A227" t="s">
+        <v>855</v>
+      </c>
+      <c r="B227" t="s">
+        <v>9</v>
+      </c>
+      <c r="C227" t="s">
+        <v>856</v>
+      </c>
+      <c r="D227" t="s">
+        <v>375</v>
+      </c>
+      <c r="E227" t="s">
+        <v>376</v>
+      </c>
+      <c r="F227" t="s">
+        <v>22</v>
+      </c>
+      <c r="G227" s="1" t="s">
+        <v>857</v>
+      </c>
+      <c r="H227" t="s">
+        <v>858</v>
+      </c>
+    </row>
+    <row r="228" spans="1:8">
+      <c r="A228" t="s">
+        <v>859</v>
+      </c>
+      <c r="B228" t="s">
+        <v>9</v>
+      </c>
+      <c r="C228" t="s">
+        <v>860</v>
+      </c>
+      <c r="D228" t="s">
+        <v>375</v>
+      </c>
+      <c r="E228" t="s">
+        <v>376</v>
+      </c>
+      <c r="F228" t="s">
+        <v>46</v>
+      </c>
+      <c r="G228" s="1" t="s">
+        <v>861</v>
+      </c>
+      <c r="H228" t="s">
+        <v>862</v>
+      </c>
+    </row>
+    <row r="229" spans="1:8">
+      <c r="A229" t="s">
+        <v>863</v>
+      </c>
+      <c r="B229" t="s">
+        <v>9</v>
+      </c>
+      <c r="C229" t="s">
+        <v>864</v>
+      </c>
+      <c r="D229" t="s">
+        <v>375</v>
+      </c>
+      <c r="E229" t="s">
+        <v>376</v>
+      </c>
+      <c r="F229" t="s">
+        <v>46</v>
+      </c>
+      <c r="G229" s="1" t="s">
+        <v>865</v>
+      </c>
+      <c r="H229" t="s">
+        <v>866</v>
+      </c>
+    </row>
+    <row r="230" spans="1:8">
+      <c r="A230" t="s">
+        <v>867</v>
+      </c>
+      <c r="B230" t="s">
+        <v>9</v>
+      </c>
+      <c r="C230" t="s">
         <v>10</v>
       </c>
-      <c r="D200" t="s">
-[...12 lines deleted...]
-        <v>262</v>
+      <c r="D230" t="s">
+        <v>868</v>
+      </c>
+      <c r="E230" t="s">
+        <v>869</v>
+      </c>
+      <c r="F230" t="s">
+        <v>870</v>
+      </c>
+      <c r="G230" s="1" t="s">
+        <v>871</v>
+      </c>
+      <c r="H230" t="s">
+        <v>872</v>
+      </c>
+    </row>
+    <row r="231" spans="1:8">
+      <c r="A231" t="s">
+        <v>873</v>
+      </c>
+      <c r="B231" t="s">
+        <v>9</v>
+      </c>
+      <c r="C231" t="s">
+        <v>17</v>
+      </c>
+      <c r="D231" t="s">
+        <v>868</v>
+      </c>
+      <c r="E231" t="s">
+        <v>869</v>
+      </c>
+      <c r="F231" t="s">
+        <v>874</v>
+      </c>
+      <c r="G231" s="1" t="s">
+        <v>875</v>
+      </c>
+      <c r="H231" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="232" spans="1:8">
+      <c r="A232" t="s">
+        <v>877</v>
+      </c>
+      <c r="B232" t="s">
+        <v>9</v>
+      </c>
+      <c r="C232" t="s">
+        <v>21</v>
+      </c>
+      <c r="D232" t="s">
+        <v>868</v>
+      </c>
+      <c r="E232" t="s">
+        <v>869</v>
+      </c>
+      <c r="F232" t="s">
+        <v>878</v>
+      </c>
+      <c r="G232" s="1" t="s">
+        <v>879</v>
+      </c>
+      <c r="H232" t="s">
+        <v>880</v>
+      </c>
+    </row>
+    <row r="233" spans="1:8">
+      <c r="A233" t="s">
+        <v>881</v>
+      </c>
+      <c r="B233" t="s">
+        <v>9</v>
+      </c>
+      <c r="C233" t="s">
+        <v>10</v>
+      </c>
+      <c r="D233" t="s">
+        <v>882</v>
+      </c>
+      <c r="E233" t="s">
+        <v>883</v>
+      </c>
+      <c r="F233" t="s">
+        <v>295</v>
+      </c>
+      <c r="G233" s="1" t="s">
+        <v>884</v>
+      </c>
+      <c r="H233" t="s">
+        <v>885</v>
+      </c>
+    </row>
+    <row r="234" spans="1:8">
+      <c r="A234" t="s">
+        <v>886</v>
+      </c>
+      <c r="B234" t="s">
+        <v>9</v>
+      </c>
+      <c r="C234" t="s">
+        <v>17</v>
+      </c>
+      <c r="D234" t="s">
+        <v>882</v>
+      </c>
+      <c r="E234" t="s">
+        <v>883</v>
+      </c>
+      <c r="F234" t="s">
+        <v>295</v>
+      </c>
+      <c r="G234" s="1" t="s">
+        <v>887</v>
+      </c>
+      <c r="H234" t="s">
+        <v>888</v>
+      </c>
+    </row>
+    <row r="235" spans="1:8">
+      <c r="A235" t="s">
+        <v>889</v>
+      </c>
+      <c r="B235" t="s">
+        <v>9</v>
+      </c>
+      <c r="C235" t="s">
+        <v>21</v>
+      </c>
+      <c r="D235" t="s">
+        <v>882</v>
+      </c>
+      <c r="E235" t="s">
+        <v>883</v>
+      </c>
+      <c r="F235" t="s">
+        <v>295</v>
+      </c>
+      <c r="G235" s="1" t="s">
+        <v>890</v>
+      </c>
+      <c r="H235" t="s">
+        <v>891</v>
+      </c>
+    </row>
+    <row r="236" spans="1:8">
+      <c r="A236" t="s">
+        <v>892</v>
+      </c>
+      <c r="B236" t="s">
+        <v>9</v>
+      </c>
+      <c r="C236" t="s">
+        <v>26</v>
+      </c>
+      <c r="D236" t="s">
+        <v>882</v>
+      </c>
+      <c r="E236" t="s">
+        <v>883</v>
+      </c>
+      <c r="F236" t="s">
+        <v>36</v>
+      </c>
+      <c r="G236" s="1" t="s">
+        <v>893</v>
+      </c>
+      <c r="H236" t="s">
+        <v>894</v>
+      </c>
+    </row>
+    <row r="237" spans="1:8">
+      <c r="A237" t="s">
+        <v>895</v>
+      </c>
+      <c r="B237" t="s">
+        <v>9</v>
+      </c>
+      <c r="C237" t="s">
+        <v>10</v>
+      </c>
+      <c r="D237" t="s">
+        <v>896</v>
+      </c>
+      <c r="E237" t="s">
+        <v>897</v>
+      </c>
+      <c r="F237" t="s">
+        <v>232</v>
+      </c>
+      <c r="G237" s="1" t="s">
+        <v>898</v>
+      </c>
+      <c r="H237" t="s">
+        <v>899</v>
+      </c>
+    </row>
+    <row r="238" spans="1:8">
+      <c r="A238" t="s">
+        <v>900</v>
+      </c>
+      <c r="B238" t="s">
+        <v>9</v>
+      </c>
+      <c r="C238" t="s">
+        <v>10</v>
+      </c>
+      <c r="D238" t="s">
+        <v>901</v>
+      </c>
+      <c r="E238" t="s">
+        <v>902</v>
+      </c>
+      <c r="F238" t="s">
+        <v>232</v>
+      </c>
+      <c r="G238" s="1" t="s">
+        <v>903</v>
+      </c>
+      <c r="H238" t="s">
+        <v>270</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -8059,50 +9474,88 @@
     <hyperlink ref="G176" r:id="rId175"/>
     <hyperlink ref="G177" r:id="rId176"/>
     <hyperlink ref="G178" r:id="rId177"/>
     <hyperlink ref="G179" r:id="rId178"/>
     <hyperlink ref="G180" r:id="rId179"/>
     <hyperlink ref="G181" r:id="rId180"/>
     <hyperlink ref="G182" r:id="rId181"/>
     <hyperlink ref="G183" r:id="rId182"/>
     <hyperlink ref="G184" r:id="rId183"/>
     <hyperlink ref="G185" r:id="rId184"/>
     <hyperlink ref="G186" r:id="rId185"/>
     <hyperlink ref="G187" r:id="rId186"/>
     <hyperlink ref="G188" r:id="rId187"/>
     <hyperlink ref="G189" r:id="rId188"/>
     <hyperlink ref="G190" r:id="rId189"/>
     <hyperlink ref="G191" r:id="rId190"/>
     <hyperlink ref="G192" r:id="rId191"/>
     <hyperlink ref="G193" r:id="rId192"/>
     <hyperlink ref="G194" r:id="rId193"/>
     <hyperlink ref="G195" r:id="rId194"/>
     <hyperlink ref="G196" r:id="rId195"/>
     <hyperlink ref="G197" r:id="rId196"/>
     <hyperlink ref="G198" r:id="rId197"/>
     <hyperlink ref="G199" r:id="rId198"/>
     <hyperlink ref="G200" r:id="rId199"/>
+    <hyperlink ref="G201" r:id="rId200"/>
+    <hyperlink ref="G202" r:id="rId201"/>
+    <hyperlink ref="G203" r:id="rId202"/>
+    <hyperlink ref="G204" r:id="rId203"/>
+    <hyperlink ref="G205" r:id="rId204"/>
+    <hyperlink ref="G206" r:id="rId205"/>
+    <hyperlink ref="G207" r:id="rId206"/>
+    <hyperlink ref="G208" r:id="rId207"/>
+    <hyperlink ref="G209" r:id="rId208"/>
+    <hyperlink ref="G210" r:id="rId209"/>
+    <hyperlink ref="G211" r:id="rId210"/>
+    <hyperlink ref="G212" r:id="rId211"/>
+    <hyperlink ref="G213" r:id="rId212"/>
+    <hyperlink ref="G214" r:id="rId213"/>
+    <hyperlink ref="G215" r:id="rId214"/>
+    <hyperlink ref="G216" r:id="rId215"/>
+    <hyperlink ref="G217" r:id="rId216"/>
+    <hyperlink ref="G218" r:id="rId217"/>
+    <hyperlink ref="G219" r:id="rId218"/>
+    <hyperlink ref="G220" r:id="rId219"/>
+    <hyperlink ref="G221" r:id="rId220"/>
+    <hyperlink ref="G222" r:id="rId221"/>
+    <hyperlink ref="G223" r:id="rId222"/>
+    <hyperlink ref="G224" r:id="rId223"/>
+    <hyperlink ref="G225" r:id="rId224"/>
+    <hyperlink ref="G226" r:id="rId225"/>
+    <hyperlink ref="G227" r:id="rId226"/>
+    <hyperlink ref="G228" r:id="rId227"/>
+    <hyperlink ref="G229" r:id="rId228"/>
+    <hyperlink ref="G230" r:id="rId229"/>
+    <hyperlink ref="G231" r:id="rId230"/>
+    <hyperlink ref="G232" r:id="rId231"/>
+    <hyperlink ref="G233" r:id="rId232"/>
+    <hyperlink ref="G234" r:id="rId233"/>
+    <hyperlink ref="G235" r:id="rId234"/>
+    <hyperlink ref="G236" r:id="rId235"/>
+    <hyperlink ref="G237" r:id="rId236"/>
+    <hyperlink ref="G238" r:id="rId237"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>