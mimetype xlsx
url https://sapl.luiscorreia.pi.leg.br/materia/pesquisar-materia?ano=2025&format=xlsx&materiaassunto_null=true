--- v1 (2026-01-22)
+++ v2 (2026-03-16)
@@ -54,2719 +54,2719 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>615</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Valdemir</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/615/req_001_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/615/req_001_2025.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Poder Executivo Municipal aquisição de refletores para o estádio municipal Duduzão.</t>
   </si>
   <si>
     <t>616</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/616/req_002_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/616/req_002_2025.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Poder Executivo Municipal da reforma da quadra poliesportiva de Camurupim de Cima.</t>
   </si>
   <si>
     <t>617</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Novo Virgulino</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/617/req_003_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/617/req_003_2025.pdf</t>
   </si>
   <si>
     <t>Solicita o envio de projeto de lei que trata do reajuste do piso nacional do magistério.</t>
   </si>
   <si>
     <t>618</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/618/req_004_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/618/req_004_2025.pdf</t>
   </si>
   <si>
     <t>Enviar esforços para que seja destinado ônibus gratuito para os Estudantes Universitários da região Brejinho que estudam em Parnaíba em universidades públicas e privadas.</t>
   </si>
   <si>
     <t>619</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Francinete Maia</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/619/req_005_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/619/req_005_2025.pdf</t>
   </si>
   <si>
     <t>Solicitar a realização da Sessão Solene no mês de março do decorrente ano.</t>
   </si>
   <si>
     <t>620</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Irmão Cajado</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/620/req_006_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/620/req_006_2025.pdf</t>
   </si>
   <si>
     <t>Requerimento à Secretaria Municipal de Saúde - SESALC a acerca da reforma da Unidade Básica de Saúde do bairro Beira Mar.</t>
   </si>
   <si>
     <t>621</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Wilton Veras</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/621/req_007_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/621/req_007_2025.pdf</t>
   </si>
   <si>
     <t>Requer informações a Mesa Diretora da Câmara Municipal.</t>
   </si>
   <si>
     <t>622</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Julyany Galeno</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/622/req_008_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/622/req_008_2025.pdf</t>
   </si>
   <si>
     <t>Requerer que seja encaminhado à Secretaria Municipal de Saúde o presente pedido, solicitando que seja obrigatória a divulgação pública da lista de medicamentos disponíveis na rede municipal de saúde, garantindo maior transparência e informação à população.</t>
   </si>
   <si>
     <t>623</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/623/req_009_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/623/req_009_2025.pdf</t>
   </si>
   <si>
     <t>Requer que seja encaminhado à Chefe do Poder Executivo Municipal, a presente propositura, requerendo a disponibilização de um veículo de coleta de lixo para atender a Comunidade do Bezerro Morto e região.</t>
   </si>
   <si>
     <t>627</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/627/req_010_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/627/req_010_2025.pdf</t>
   </si>
   <si>
     <t>Requer a disponibilização de uma caixa d'agua, juntamente com a rede de distribuição, aja vista que já existe uma bomba para atender a Comunidade do Córrego dos Valérios.</t>
   </si>
   <si>
     <t>628</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Raul Rodrigues</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/628/req_011_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/628/req_011_2025.pdf</t>
   </si>
   <si>
     <t>Requer a construção de uma praça no Bairro Campos, especificamente na Rua Professor João Ramalho (em frente à Capela de São José Operário) com inclusão de academia e um parque ao ar livre.</t>
   </si>
   <si>
     <t>629</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/629/req_012_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/629/req_012_2025.pdf</t>
   </si>
   <si>
     <t>Requer a construção de uma praça no bairro Beira Mar, na Rua José Patriotino (por trás do Mercantil Econômico) com inclusão de academia e parque ao ar livre.</t>
   </si>
   <si>
     <t>630</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>Pedro do Leite</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/630/req_013_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/630/req_013_2025.pdf</t>
   </si>
   <si>
     <t>Requerimento de Licença do Mandato de Vereador.</t>
   </si>
   <si>
     <t>631</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/631/req_014_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/631/req_014_2025.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora, na forma regimental, após aprovação do plenário, licença do mandato de vereador para assumir cargo de Secretário Municipal, atendendo a convite da Prefeita Maria das Dores Fontenele Brito.</t>
   </si>
   <si>
     <t>632</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/632/req_015_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/632/req_015_2025.pdf</t>
   </si>
   <si>
     <t>Solicitação para que seja realizado um estudo de viabilidade com a finalidade de promover concurso público no Município de Luís Correia.</t>
   </si>
   <si>
     <t>639</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/639/req_016_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/639/req_016_2025.pdf</t>
   </si>
   <si>
     <t>Requerimento à Secretaria Municipal de  Obras, Transportes e Serviços Urbanos, a acerca da Limpeza e Recuperação de acesso a Orla de Atalaia através das ruas</t>
   </si>
   <si>
     <t>699</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>Lucas Mirialdo</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/699/req_017_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/699/req_017_2025.pdf</t>
   </si>
   <si>
     <t>Requerer a reforma do calçamento localizado na Rua Vitoriano Lopes Amorim, Bairro Cearazinho tendo em vista que há acúmulo de água no local, causando transtornos à população e risco à segurança dos pedestres e motoristas.</t>
   </si>
   <si>
     <t>700</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/700/req_018_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/700/req_018_2025.pdf</t>
   </si>
   <si>
     <t>Requerer a implantação de iluminação pública ao longo da PI 116, especificamente o espaço geográfico que abrange desde o Bairro Coqueiro da Praia a Comunidade Carnaubal.</t>
   </si>
   <si>
     <t>640</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>Dr Renam Rodrigues</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/640/req_019_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/640/req_019_2025.pdf</t>
   </si>
   <si>
     <t>Solicitando que sejam adotadas todas as providencias necessárias para que ocorra a implantação de uma faixa de pedestres com sinalizadores tipo (tartarugas) - redutores de velocidade, nas seguintes localidades no bairro coqueiro.</t>
   </si>
   <si>
     <t>641</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/641/req_020_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/641/req_020_2025.pdf</t>
   </si>
   <si>
     <t>Solicitando que sejam adotadas todas as medidas necessárias para a implantação de uma rotatória e um portal de entrada (na bifurcação da PI-116 que da acesso ao povoado da praia do Macapá).</t>
   </si>
   <si>
     <t>642</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/642/req_021_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/642/req_021_2025.pdf</t>
   </si>
   <si>
     <t>Requerer a Vossa Excelência que seja encaminhado o presente pedido de informações aos órgãos competentes sobre o serviço de carros-pipa no município de Luís Correia, conforme as seguintes solicitações.</t>
   </si>
   <si>
     <t>643</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>Zé Maria do Coqueiro</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/643/req_022_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/643/req_022_2025.pdf</t>
   </si>
   <si>
     <t>Instalação de uma galeria e a construção de asfalto na Rua Afonso Serra, situada no Bairro Centro</t>
   </si>
   <si>
     <t>644</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/644/req_023_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/644/req_023_2025.pdf</t>
   </si>
   <si>
     <t>Requerer a V. Exa. a destinação de recursos para revitalização da rotatória do Bairro Coqueiro da Praia situado na PI-116 no município de Luís Correia-PI. A fim de promover melhorias significativas no tráfego e na segurança viária da região.</t>
   </si>
   <si>
     <t>645</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/645/req_024_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/645/req_024_2025.pdf</t>
   </si>
   <si>
     <t>Solicitar a V. Exa. a recuperação do calçamento e instalação de galeria da Rua José Francisco Ferreira, situada no Bairro Centro, que encontra-se em estado precário devido ao desgaste e à falta de manutenção adequada ao longo do tempo.</t>
   </si>
   <si>
     <t>646</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/646/req_025_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/646/req_025_2025.pdf</t>
   </si>
   <si>
     <t>Requerer a V. Exa. a instalação de quebra-molas e faixas de pedestres em frente à U. E. Prof.ª Carmosina Martins da Rocha e a UBS Antônio Jose de Moraes Souza, localizada no Bairro Coqueiro da Praia.</t>
   </si>
   <si>
     <t>647</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/647/req_026_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/647/req_026_2025.pdf</t>
   </si>
   <si>
     <t>Requerer, após ouvido o Plenário, que seja encaminhado ofício à Secretaria Municipal de Saúde, solicitando que o Poder Executivo adote as providências necessárias para disponibilizar um veículo de apoio à Unidade Básica de Saúde (UBS) da comunidade Brandão, localizada na zona rural deste município.</t>
   </si>
   <si>
     <t>648</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/648/req_027_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/648/req_027_2025.pdf</t>
   </si>
   <si>
     <t>Requerer de Vossa Excelência, que se oficie à Senhora Prefeita Municipal, com cópia a Secretaria de Educação, solicitando a manutenção e instalação de transformador na rede elétrica do Centro Educacional Dr. Fontes Ibiapina no Centro para o pleno funcionamento dos ar-condicionado.</t>
   </si>
   <si>
     <t>701</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/701/req_028_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/701/req_028_2025.pdf</t>
   </si>
   <si>
     <t>Solicitação de informações referentes ao quantitativo de alunos matriculados na rede municipal de ensino, discriminando os números entre zona urbana e a zona rural, bem como o número de alunos com Transtorno do Espectro Autista (TEA) atualmente registrados, também segmentados por essas áreas. Além disso, solicito a quantidade de escolas e o número de salas (por escolas), de Atendimento Educacional Especializado (AEE) existentes na rede municipal, bem como a quantidade de alunos por escola, atualmente atendidos por esse serviço.</t>
   </si>
   <si>
     <t>702</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/702/req_029_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/702/req_029_2025.pdf</t>
   </si>
   <si>
     <t>Solicitamos o uso da tribuna Livre, para falar referente ao Mês de Conscientização do Autismo. A convite do Vereador Renato Araujo, solicitamos o espaço de fala.</t>
   </si>
   <si>
     <t>703</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/703/req_030_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/703/req_030_2025.pdf</t>
   </si>
   <si>
     <t>Solicitar a construção de uma passagem (bueiro com estrutura adequada) sobre o riacho localizado comunidade que da acesso ao Quilombo, zona rural de Luís Correia.</t>
   </si>
   <si>
     <t>704</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/704/req_031_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/704/req_031_2025.pdf</t>
   </si>
   <si>
     <t>Pedido de reforma da Praça da comunidade Brejinho de Fátima.</t>
   </si>
   <si>
     <t>705</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/705/req_032_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/705/req_032_2025.pdf</t>
   </si>
   <si>
     <t>Requerer licença de mandato parlamentar, sem remuneração, a partir do dia 09 de maio de 2025, pelo prazo necessário ao exercício do cargo de Secretária Municipal de Desenvolvimento Social, por prazo indeterminado.</t>
   </si>
   <si>
     <t>706</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/706/req_034_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/706/req_034_2025.pdf</t>
   </si>
   <si>
     <t>Requerer, com fulcro, no art. 5º, inciso XXXIII da Constituição Federal e na Lei nº 12.527/2011 — Lei de Acesso à Informação, informações formais e detalhadas sobre o método utilizado para a convocação dos candidatos classificados no último processo seletivo simplificado realizado pela Secretaria de Educação.</t>
   </si>
   <si>
     <t>707</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/707/req_035_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/707/req_035_2025.pdf</t>
   </si>
   <si>
     <t>Solicitação aos órgãos competentes para a realização da limpeza do poço e da caixa d’água da comunidade Lagoa dos Porcos.</t>
   </si>
   <si>
     <t>708</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/708/req_036_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/708/req_036_2025.pdf</t>
   </si>
   <si>
     <t>Solicitação para que seja realizado um estudo, levantamento e planejamento visando à construção de uma base de Posto de Saúde da Família (PSF) na comunidade Jacobina.</t>
   </si>
   <si>
     <t>709</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/709/req_037_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/709/req_037_2025.pdf</t>
   </si>
   <si>
     <t>Solicitando providências para a implantação de uma Casa de Apoio na cidade de Teresina – PI.</t>
   </si>
   <si>
     <t>710</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/710/req_038_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/710/req_038_2025.pdf</t>
   </si>
   <si>
     <t>Solicita à Secretaria de Administração ou ao setor competente do município de Luís Correia – PI, informações sobre os veículos próprios pertencentes à gestão municipal e que estão a serviço das secretarias.</t>
   </si>
   <si>
     <t>731</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/731/req_039_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/731/req_039_2025.pdf</t>
   </si>
   <si>
     <t>Solicitando a imediata recuperação da estrada vicinal que liga a localidade Baixa do Carpino ao Poço Danta, passando pelos povoados Baixa do Eufrásio e Campestre.</t>
   </si>
   <si>
     <t>732</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/732/req_040_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/732/req_040_2025.pdf</t>
   </si>
   <si>
     <t>Disponibilização de transporte universitário para estudantes da região Brejinho.</t>
   </si>
   <si>
     <t>742</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/742/req_041_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/742/req_041_2025.pdf</t>
   </si>
   <si>
     <t>Solicita à Secretaria Municipal de Educação informações sobre os veículos utilizados pela empresa terceirizada ICAR IMPACTOS LOCADORA &amp; TURISMO.</t>
   </si>
   <si>
     <t>743</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/743/req_042_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/743/req_042_2025.pdf</t>
   </si>
   <si>
     <t>Solicita à Secretaria Municipal de Saúde informações sobre os veículos utilizados pela empresa terceirizada ICAR IMPACTOS LOCADORA &amp; TURISMO.</t>
   </si>
   <si>
     <t>744</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/744/req_043_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/744/req_043_2025.pdf</t>
   </si>
   <si>
     <t>Solicita à Secretaria Municipal de Assistência Social informações sobre os veículos utilizados pela empresa terceirizada ICAR IMPACTOS LOCADORA &amp; TURISMO.</t>
   </si>
   <si>
     <t>760</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/760/req_045_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/760/req_045_2025.pdf</t>
   </si>
   <si>
     <t>Solicita à Secretaria de Administração de Luís Correia - PI, informações sobre os veículos da Empresa Contratada ICAR IMPACTOS LOCADORA &amp; TURISMO, que estão a serviço das Secretarias Municipais de Luís Correia.</t>
   </si>
   <si>
     <t>761</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/761/req_046_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/761/req_046_2025.pdf</t>
   </si>
   <si>
     <t>Relação completa e atualizada dos servidores terceirizados e contratados temporariamente pelo Município de Luís Correia.</t>
   </si>
   <si>
     <t>762</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/762/req_047_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/762/req_047_2025.pdf</t>
   </si>
   <si>
     <t>Requer que seja realizada audiência pública através das Comissões de Direitos Humanos e Desenvolvimento Urbano e Defesa do Consumidor, convocando a Empresa Águas do Piauí.</t>
   </si>
   <si>
     <t>771</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/771/req_048_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/771/req_048_2025.pdf</t>
   </si>
   <si>
     <t>Solicita à Secretaria Municipal de Saúde informações sobre o quantitativo de pacientes em uso de Imunoglobulina Humana no município de Luís Coreia no período de 01/01/2025 até 04/09/2025, com discriminação entra zona urbana e zona rural.</t>
   </si>
   <si>
     <t>772</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/772/req_049_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/772/req_049_2025.pdf</t>
   </si>
   <si>
     <t>Solicita à Secretaria Municipal de Administração e setores responsáveis, a relação completa dos funcionários terceirizados que prestam serviços em todas as Secretarias Municipais de Luís Correia - PI.</t>
   </si>
   <si>
     <t>799</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/799/req_050_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/799/req_050_2025.pdf</t>
   </si>
   <si>
     <t>Pedido de informações acerca da contratação de carros-pipa para abastecimento de água nas comunidades.</t>
   </si>
   <si>
     <t>800</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/800/req_051_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/800/req_051_2025.pdf</t>
   </si>
   <si>
     <t>Pedido de informações acerca da execução do programa PDDE Água, voltado à perfuração de poços nas unidades escolares do município de Luís Correia.</t>
   </si>
   <si>
     <t>819</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/819/req_052_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/819/req_052_2025.pdf</t>
   </si>
   <si>
     <t>Solicita informações à Secretaria Municipal de Infraestrutura, Obras e Serviços Urbanos, e à Secretaria Municipal de Desenvolvimento Social, sobre a retirada e o plano de realocação de ambulantes instalados em logradouros públicos.</t>
   </si>
   <si>
     <t>835</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/835/req_053_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/835/req_053_2025.pdf</t>
   </si>
   <si>
     <t>Solicitação de recuperação da estrada vicinal que liga as localidades Carneiro, Poção, Patos e São João da Praia.</t>
   </si>
   <si>
     <t>612</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/612/pl_001_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/612/pl_001_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a reorganização administrativa da Câmara Municipal de Luís Correia e dá outras providências.</t>
   </si>
   <si>
     <t>610</t>
   </si>
   <si>
     <t>Maria das Dores Fontenele Brito</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/610/pl_002_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/610/pl_002_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a adequação da remuneração dos servidores da rede municipal da cidade de Luís Correia-PI, para o ano de 2025, e dá outras providências.</t>
   </si>
   <si>
     <t>611</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/611/pl_003_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/611/pl_003_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre desafetação de imóvel (ruas) do patrimônio municipal, e dá outras providências.</t>
   </si>
   <si>
     <t>613</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/613/pl_004_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/613/pl_004_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação da Praça da Estação, localizada na rua da estação, Bairro Triangulo, nesta cidade, ainda sem denominação fixada em lei.</t>
   </si>
   <si>
     <t>614</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/614/pl_005_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/614/pl_005_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação da Praça da Bíblia, localizada na Rua José da Cunha Oliveira, Bairro Centro, nesta cidade, ainda sem denominação fixada em lei.</t>
   </si>
   <si>
     <t>624</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/624/pl_006_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/624/pl_006_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre os direitos dos estudantes universitários e profissionalizantes ao transporte escolar e dá outras providências.</t>
   </si>
   <si>
     <t>626</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/626/pl_007_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/626/pl_007_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação e o funcionamento da Feira da Mulher Empreendedora no âmbito do município de Luís Correia, Piauí, e dá outras providências.</t>
   </si>
   <si>
     <t>633</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/633/pl_008_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/633/pl_008_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instituição de teleconsulta no âmbito do Sistema Único de Saúde (SUS) no Município de Luís Correia e dá outras providências.</t>
   </si>
   <si>
     <t>634</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/634/pl_009_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/634/pl_009_2025.pdf</t>
   </si>
   <si>
     <t>Institui a “Semana Municipal de Conscientização sobre Saúde Mental das Mulheres” no município de Luís Correia e dá outras providências.</t>
   </si>
   <si>
     <t>635</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/635/pl_010_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/635/pl_010_2025.pdf</t>
   </si>
   <si>
     <t>Institui o “Programa Mulher Segura” no município de Luís Correia e dá outras providências.</t>
   </si>
   <si>
     <t>636</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/636/pl_011_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/636/pl_011_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração dos vencimentos dos profissionais do magistério público municipal de Luís Correia - PI e dá outras providências.</t>
   </si>
   <si>
     <t>638</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/638/pl_012_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/638/pl_012_2025.pdf</t>
   </si>
   <si>
     <t>Denomina de Rua Antônio José Cavalcante – Tintino logradouros públicos localizado no Bairro Coqueiro.</t>
   </si>
   <si>
     <t>637</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/637/pl_013_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/637/pl_013_2025.pdf</t>
   </si>
   <si>
     <t>Institui a criação da Escola de Música do município de Luís Correia e dá outras providencias.</t>
   </si>
   <si>
     <t>734</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/734/pl_014_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/734/pl_014_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a política pública de Atendimento aos Direitos da Criança e do Adolescente, o Conselho Tutelar, Conselho Municipal dos Direitos da Criança e do Adolescente - CMDCA e institui o Fundo Municipal dos Direitos da Criança e do Adolescente nos termos previstos na Lei Federal n° 8.069 de 13 de julho de 1990 - Estatuto da Criança e do Adolescente e na Constituição Federal de 1998.</t>
   </si>
   <si>
     <t>679</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/679/pl_015_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/679/pl_015_2025.pdf</t>
   </si>
   <si>
     <t>Institui a criação e inclui no Calendário Oficial de eventos do município de Luís Correia o “Festival de Pescados e Frutos do Mar” e dá outras providências.</t>
   </si>
   <si>
     <t>735</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/735/pl_016_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/735/pl_016_2025.pdf</t>
   </si>
   <si>
     <t>682</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/682/pl_017_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/682/pl_017_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a nomeação da Rua Silvaneide Galdino bairro Centro zona urbana de Luís Correia-PI.</t>
   </si>
   <si>
     <t>680</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/680/pl_018_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/680/pl_018_2025.pdf</t>
   </si>
   <si>
     <t>Institui, no âmbito do município, o “Selo Escola Segura e Protetora”, destinado à certificação de instituições de ensino que adotem práticas de prevenção e combate ao abuso e à exploração sexual de crianças e adolescentes, e dá outras providências.</t>
   </si>
   <si>
     <t>681</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/681/pl_019_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/681/pl_019_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para a elaboração e execução da Lei Orçamentária Anual do Município de Luís Correia - PI para o exercício de 2026 e dá outras providências.</t>
   </si>
   <si>
     <t>715</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/715/pl_020_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/715/pl_020_2025.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 1068/2023 de 09 de maio de 2023, que dispõe sobre a proibição de conteúdo de áudio, visual, escrito e obras ou manifestações artísticas que contenham ou façam apologia a pornografia ou conteúdo erótico, violência contra a mulher e ao tráfico de drogas na rede municipal de ensino e dá outras providencias.</t>
   </si>
   <si>
     <t>716</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/716/pl_021_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/716/pl_021_2025.pdf</t>
   </si>
   <si>
     <t>Institui a “Corrida do Legislativo” como evento oficial do Município de Luís Correia, integrando o Calendário Municipal de Turismo, Esporte, Cidadania e Cultura, e dá outras providências.</t>
   </si>
   <si>
     <t>733</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/733/pl_022_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/733/pl_022_2025.pdf</t>
   </si>
   <si>
     <t>Institui, a “Semana Municipal do Meio Ambiente” no município de Luís Correia e dá outras providências.</t>
   </si>
   <si>
     <t>683</t>
   </si>
   <si>
     <t>Joice Oliveira</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/683/pl_023_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/683/pl_023_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação da Bolsa Recicla + para auxílio aos catadores de materiais recicláveis e dá outras providências.</t>
   </si>
   <si>
     <t>729</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/729/pl_024_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/729/pl_024_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Organização do Sistema Municipal de Defesa do Consumidor – SMDC – institui a Coordenadoria Municipal de Proteção e Defesa do Consumidor –  PROCON, o Conselho Municipal de Proteção e Defesa do Consumidor – CONDECON, o Fundo Municipal de Proteção e Defesa do Consumidor – FMPDC e autoriza o Chefe do Executivo Municipal a firmar acordo de cooperação técnica com o Ministério Público do Estado do Piauí, através do PROCON - MPPI, e dá outras providências.</t>
   </si>
   <si>
     <t>730</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/730/pl_025_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/730/pl_025_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a doação de imóvel público neste Município, e dá outras providências.</t>
   </si>
   <si>
     <t>741</t>
   </si>
   <si>
     <t>Joice Oliveira, Julyany Galeno</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/741/pl_026_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/741/pl_026_2025.pdf</t>
   </si>
   <si>
     <t>Institui, no âmbito da Câmara Municipal de Luís Correia, o "Fórum da Mulher: união feminina, cidade mais justa" e dá outras providências.</t>
   </si>
   <si>
     <t>778</t>
   </si>
   <si>
     <t>Julyany Galeno, Wilton Veras</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/778/pl_027_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/778/pl_027_2025.pdf</t>
   </si>
   <si>
     <t>Cria a Procuradoria da Mulher na Câmara Municipal! Luís Correia e dá outras providências.</t>
   </si>
   <si>
     <t>768</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/768/pl_028_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/768/pl_028_2025.pdf</t>
   </si>
   <si>
     <t>Institui, no âmbito do município de Luís Correia, o "Selo Empresa Amiga da Juventude" e dá outras providências.</t>
   </si>
   <si>
     <t>779</t>
   </si>
   <si>
     <t>Antônio Veras</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/779/pl_029_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/779/pl_029_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação do espaço da Feira da Agricultura Familiar localizado na Comunidade Brandão, zona rural de Luís Correia-PI.</t>
   </si>
   <si>
     <t>780</t>
   </si>
   <si>
     <t>Renato Araújo</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/780/pl_030_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/780/pl_030_2025.pdf</t>
   </si>
   <si>
     <t>Institui o Programa de Sustentabilidade Ambiental na rede municipal de ensino e dá outras providências.</t>
   </si>
   <si>
     <t>781</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/781/pl_031_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/781/pl_031_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade da fixação de móveis às paredes em todas as unidades escolares da rede pública e privada de ensino do Município de Luís Correia-PI, visando à prevenção de acidentes com crianças.</t>
   </si>
   <si>
     <t>782</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/782/pl_032_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/782/pl_032_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade da instalação de placas identificadoras contendo QR Code nos locais de realização de eventos financiados com recursos públicos, para divulgação detalhada das despesas realizadas pelo Município de Luís Correia – PI, e dá outras providências.</t>
   </si>
   <si>
     <t>783</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/783/pl_033_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/783/pl_033_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade da capacitação em noções básicas de primeiros socorros para todos os profissionais que atuam em estabelecimentos de ensino público e privado, da educação infantil (creches e pré-escolas) ao ensino fundamental, no Município de Luís Correia, e dá outras providências.</t>
   </si>
   <si>
     <t>784</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/784/pl_034_ppa_2026_a_2029_completo.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/784/pl_034_ppa_2026_a_2029_completo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Plano Plurianual (PPA) para o Quadriênio 2026-2029.</t>
   </si>
   <si>
     <t>785</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/785/pl_035_loa_2026_-_completa.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/785/pl_035_loa_2026_-_completa.pdf</t>
   </si>
   <si>
     <t>Estima a Receita e Fixa a Despesa do Orçamento do Município de Luís Correia - PI, para o Exercício Financeiro de 2026.</t>
   </si>
   <si>
     <t>786</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/786/pl_036_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/786/pl_036_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Conselho Municipal dos Direitos da Pessoa Idosa, Fundo Municipal da Pessoa Idosa e dá outras providências.</t>
   </si>
   <si>
     <t>794</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/</t>
   </si>
   <si>
     <t>Institui o Incentivo Financeiro Variável de pagamento do Componente de Vínculo e Acompanhamento e do Componente de Qualidade aos profissionais da Atenção Primária à Saúde do Município de Luís Correia - PI, com base na Portaria GM/MS nº 3.493, de 10 de abril de 2024, e dá outras providências.</t>
   </si>
   <si>
     <t>795</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/795/pl_038_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/795/pl_038_2025.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Utilidade Pública Municipal ao Instituto de Desenvolvimento Integral - IDI e dá outras providências.</t>
   </si>
   <si>
     <t>815</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/815/pl_039.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/815/pl_039.pdf</t>
   </si>
   <si>
     <t>Institui o Programa de Benefício Fiscal – REFIS, no município de Luís Correia – PI.</t>
   </si>
   <si>
     <t>818</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/818/pl_040_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/818/pl_040_2025.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito especial no orçamento do exercício de 2025, para atendimento de despesas com a implementação de educação em tempo integral, conforme diretrizes da Portaria MEC nº 605/2025, e dá outras providências.</t>
   </si>
   <si>
     <t>846</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/846/pl_041_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/846/pl_041_2025.pdf</t>
   </si>
   <si>
     <t>Institui a Taxa de Serviços de Coleta, Transporte e Disposição Final de Resíduos Sólidos Domiciliares - TCRD e dá outras providências.</t>
   </si>
   <si>
     <t>825</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/825/pdl_004_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/825/pdl_004_2025.pdf</t>
   </si>
   <si>
     <t>Concede título de cidadão do município de Luís Correia, estado do Piauí, a ilustre ambientalista Liliana Oliveira Souza e da outra providenciais.</t>
   </si>
   <si>
     <t>826</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/826/pdl_005_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/826/pdl_005_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de título de cidadania luiscorreiense, e dá outras providências.</t>
   </si>
   <si>
     <t>827</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/827/pdl_006_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/827/pdl_006_2025.pdf</t>
   </si>
   <si>
     <t>841</t>
   </si>
   <si>
     <t>Gabriel Araújo, Renato Araújo</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/841/pdl_007_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/841/pdl_007_2025.pdf</t>
   </si>
   <si>
     <t>842</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/842/pdl_008_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/842/pdl_008_2025.pdf</t>
   </si>
   <si>
     <t>843</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/843/pdl_009_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/843/pdl_009_2025.pdf</t>
   </si>
   <si>
     <t>625</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/625/ind_001_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/625/ind_001_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instituição do Programa de Aração Rural no Município de Luís Correia e dá outras providências.</t>
   </si>
   <si>
     <t>649</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/649/ind_002_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/649/ind_002_2025.pdf</t>
   </si>
   <si>
     <t>Indico ao Poder Executivo Municipal que sejam envidados esforços junto aos órgãos competentes para a implantação de uma base descentralizada dos Correios no povoado Brejinho, neste município.</t>
   </si>
   <si>
     <t>650</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/650/ind_003_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/650/ind_003_2025.pdf</t>
   </si>
   <si>
     <t>Promover a implantação de um Centro de Reabilitação e Acompanhamento Profissional para Crianças com Traços de Autismo e Deficiência no município de Luís Correia.</t>
   </si>
   <si>
     <t>651</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/651/ind_004_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/651/ind_004_2025.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal a criação e regulamentação do cargo de Condutor de Ambulância no âmbito da Secretaria Municipal de Saúde de Luís Correia, e dá outras providências.</t>
   </si>
   <si>
     <t>652</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/652/ind_005_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/652/ind_005_2025.pdf</t>
   </si>
   <si>
     <t>Implantação do sistema de iluminação do campo "Cascudão" localizado no bairro Coqueiro.</t>
   </si>
   <si>
     <t>653</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/653/ind_006_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/653/ind_006_2025.pdf</t>
   </si>
   <si>
     <t>Construção de 3 (três) paradas de ônibus no bairro coqueiro (sendo 1 na praça e as outras 2 ao longo da avenida Antonieta Reis Veloso) – a critério de administração pública municipal.</t>
   </si>
   <si>
     <t>654</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/654/ind_007_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/654/ind_007_2025.pdf</t>
   </si>
   <si>
     <t>Recuperação de acostamento nas rodovias BR 343 e PI 116, conforme as seguintes especificações.</t>
   </si>
   <si>
     <t>655</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/655/ind_008_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/655/ind_008_2025.pdf</t>
   </si>
   <si>
     <t>Restauração do balão situado entre o Bar da Cota e o Restaurante Alô Brasil, na orla do Bairro Coqueiro da Praia.</t>
   </si>
   <si>
     <t>656</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/656/ind_009_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/656/ind_009_2025.pdf</t>
   </si>
   <si>
     <t>Recuperação do calcamento e instalação de um Bueiro na Rua Domingos Faustino (torto), no Bairro Cearazinho.</t>
   </si>
   <si>
     <t>657</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/657/ind_010_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/657/ind_010_2025.pdf</t>
   </si>
   <si>
     <t>Reforma do Posto de Saúde da comunidade Boa Esperança anexo da UBS Curral Velho, desse município.</t>
   </si>
   <si>
     <t>658</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/658/ind_011_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/658/ind_011_2025.pdf</t>
   </si>
   <si>
     <t>Indica que seja restabelecido o transporte exclusivo para pacientes que realizam tratamento fisioterapêutico, especialmente os que residem em comunidades mais distantes da sede.</t>
   </si>
   <si>
     <t>659</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/659/ind_012_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/659/ind_012_2025.pdf</t>
   </si>
   <si>
     <t>A disponibilização, com urgência, de um profissional bombeiro hidráulico para averiguar e solucionar a problemática que está afetando a rede de abastecimento de água na comunidade Brandão, tendo em vista que parte da população está sendo beneficiada, enquanto outra parte vem enfrentando sérios prejuízos e dificuldades devido à distribuição desigual.</t>
   </si>
   <si>
     <t>660</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/660/ind_013_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/660/ind_013_2025.pdf</t>
   </si>
   <si>
     <t>A instalação de uma caixa d'água com a devida rede de distribuição na comunidade Cajueiro dos Sousas, com o objetivo de garantir o acesso digno à água potável para todos os moradores da localidade.</t>
   </si>
   <si>
     <t>661</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/661/ind_014_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/661/ind_014_2025.pdf</t>
   </si>
   <si>
     <t>Indica que seja realizada, com urgência, a limpeza e capina das vias públicas do bairro Beira Mar, especialmente na Rua 01 de Abril, que se encontra tomada pelo mato alto e acúmulo de resíduos, trazendo sérios riscos à saúde da população.</t>
   </si>
   <si>
     <t>662</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/662/ind_015_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/662/ind_015_2025.pdf</t>
   </si>
   <si>
     <t>A limpeza imediata e revitalização da Praça da Bíblia, localizada no Bairro Centro.</t>
   </si>
   <si>
     <t>663</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/663/ind_016_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/663/ind_016_2025.pdf</t>
   </si>
   <si>
     <t>Limpeza urgente nas áreas internas e externas do Centro Educacional Dr. Fontes Ibiapina - CEFI, localizada na Rua José Ivo dos Santos, bairro Centro.</t>
   </si>
   <si>
     <t>664</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/664/ind_017_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/664/ind_017_2025.pdf</t>
   </si>
   <si>
     <t>O recapeamento ou, se necessário, reconstrução completa do Aterro do Bezerro Morto e da Ponte do Curral Velho.</t>
   </si>
   <si>
     <t>665</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/665/ind_018_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/665/ind_018_2025.pdf</t>
   </si>
   <si>
     <t>A limpeza urbana e melhoria na iluminação pública da rua Crispim de Freitas.</t>
   </si>
   <si>
     <t>666</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/666/ind_019_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/666/ind_019_2025.pdf</t>
   </si>
   <si>
     <t>Pavimentação asfáltica da Rua Jose Carlos de Oliveira Lima, situada no Bairro Santa Luzia.</t>
   </si>
   <si>
     <t>667</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/667/ind_020_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/667/ind_020_2025.pdf</t>
   </si>
   <si>
     <t>Limpeza da Rua Jose Carlos de Oliveira Lima, situada no bairro Santa Luzia.</t>
   </si>
   <si>
     <t>668</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/668/ind_021_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/668/ind_021_2025.pdf</t>
   </si>
   <si>
     <t>Substituição imediata do carro que faz o transporte dos profissionais para a zona rural.</t>
   </si>
   <si>
     <t>669</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/669/ind_022_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/669/ind_022_2025.pdf</t>
   </si>
   <si>
     <t>O recapeamento imediato da estrada que liga o Calafate ao Brejinho.</t>
   </si>
   <si>
     <t>670</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/670/ind_023_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/670/ind_023_2025.pdf</t>
   </si>
   <si>
     <t>A limpeza urbana imediata da Rua Benú Nascimento, conhecida popularmente como “Rua do Seu Luis”, localizada no Bairro Centro.</t>
   </si>
   <si>
     <t>671</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/671/ind_024_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/671/ind_024_2025.pdf</t>
   </si>
   <si>
     <t>A limpeza urbana e melhoria na iluminação pública da Rua Projetada 4, Bairro Beira Mar.</t>
   </si>
   <si>
     <t>672</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/672/ind_025_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/672/ind_025_2025.pdf</t>
   </si>
   <si>
     <t>A limpeza imediata e revitalização da Praça, localizada na comunidade Bezerro Morto.</t>
   </si>
   <si>
     <t>673</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/673/ind_026_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/673/ind_026_2025.pdf</t>
   </si>
   <si>
     <t>A limpeza urbana imediata do Cemitério, localizado na Rua Manoel Borges, Bairro Nossa Senhora da Conceição.</t>
   </si>
   <si>
     <t>674</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/674/ind_027_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/674/ind_027_2025.pdf</t>
   </si>
   <si>
     <t>A Solicitação de providencias urgentes para a limpeza e manutenção do Campo Piauí e das vias de acesso.</t>
   </si>
   <si>
     <t>675</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/675/ind_028_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/675/ind_028_2025.pdf</t>
   </si>
   <si>
     <t>A Solicitação da valorização e o reajuste salarial dos Secretários Escolares do Município de Luís Correia.</t>
   </si>
   <si>
     <t>676</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/676/ind_029_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/676/ind_029_2025.pdf</t>
   </si>
   <si>
     <t>Limpeza do Campo Cascudão, situada na Rua José Galeno, no Bairro Coqueiro.</t>
   </si>
   <si>
     <t>677</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/677/ind_030_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/677/ind_030_2025.pdf</t>
   </si>
   <si>
     <t>Revitalização da Praça do Bairro Coqueiro.</t>
   </si>
   <si>
     <t>678</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/678/ind_031_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/678/ind_031_2025.pdf</t>
   </si>
   <si>
     <t>Instalação de Parquinho Infantil.</t>
   </si>
   <si>
     <t>690</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/690/ind_060_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/690/ind_060_2025.pdf</t>
   </si>
   <si>
     <t>Solicita à Secretaria Municipal de Obras, Transportes e Serviços Urbanos a recuperação do calçamento na Rua Estudante José Patriotino, nas proximidades do Centro de Convivência dos Idosos e em frente à Praça do Skate, no município de Luís Correia - PI.</t>
   </si>
   <si>
     <t>691</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/691/ind_061_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/691/ind_061_2025.pdf</t>
   </si>
   <si>
     <t>Solicita a Secretaria de obras, transportes e serviços urbanos e ao Poder Executivo Municipal a construção do muro do Cemitério São Benedito na Comunidade Bezerro Morto, no município de Luís Correia - PI.</t>
   </si>
   <si>
     <t>692</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/692/ind_062_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/692/ind_062_2025.pdf</t>
   </si>
   <si>
     <t>Solicita o reparo da iluminação pública na Rua do Brejo e a instalação do sistema de iluminação pública na rua de acesso ao Campo do Marrequinha, na Comunidade Lagoa do Barro, zona rural de Luís Correia - PI.</t>
   </si>
   <si>
     <t>693</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
     <t>Gabriel Araújo</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/693/ind_063_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/693/ind_063_2025.pdf</t>
   </si>
   <si>
     <t>Solicitação de limpeza das Ruas ( Rua Barras, Rua Campo Maior, Rua Pedro Segundo) Bairro Atalaia.</t>
   </si>
   <si>
     <t>694</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/694/ind_064_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/694/ind_064_2025.pdf</t>
   </si>
   <si>
     <t>Recuperação do calçamento da rua José Francisco Ferreira bairro Centro.</t>
   </si>
   <si>
     <t>695</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/695/ind_065_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/695/ind_065_2025.pdf</t>
   </si>
   <si>
     <t>O Recapeamento imediato da Estrada que liga a Boa Esperança ao Carnaubal.</t>
   </si>
   <si>
     <t>696</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/696/ind_066_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/696/ind_066_2025.pdf</t>
   </si>
   <si>
     <t>A Solicitação de providências urgentes quanto aos impactos ambientais e à saúde pública causados pelo “lixão” de Luiz Correia.</t>
   </si>
   <si>
     <t>697</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/697/ind_067_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/697/ind_067_2025.pdf</t>
   </si>
   <si>
     <t>A solicitação de reparos urgentes nas arquibancadas da quadra Camilo Ferreira, no bairro Nossa Senhora da Conceição.</t>
   </si>
   <si>
     <t>698</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/698/ind_068_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/698/ind_068_2025.pdf</t>
   </si>
   <si>
     <t>Requerer melhoria da iluminação pública na Avenida Carlos Alberto Justino Carvalho.</t>
   </si>
   <si>
     <t>777</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/777/ind_069_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/777/ind_069_2025.pdf</t>
   </si>
   <si>
     <t>Revitalização do balão rotatório do Bairro Coqueiro juntamente com a identificação em letreiro.</t>
   </si>
   <si>
     <t>684</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/684/ind_070_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/684/ind_070_2025.pdf</t>
   </si>
   <si>
     <t>Solicitar a limpeza da Rua Projetada Calêndulas, situada no bairro Peito de Moça, no residencial Brisa Mar.</t>
   </si>
   <si>
     <t>685</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/685/ind_071_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/685/ind_071_2025.pdf</t>
   </si>
   <si>
     <t>Solicitação de construção de quadra poliesportiva coberta para o Povoado Curral Velho.</t>
   </si>
   <si>
     <t>686</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/686/ind_072_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/686/ind_072_2025.pdf</t>
   </si>
   <si>
     <t>Construção de 1 praça multieventos dentro da área de domínio da União localizada em frente a Igreja pentecostal - Deus é amor, ao lado da casa da saudosa Janete Moraes Sousa no Coqueiro da Praia.</t>
   </si>
   <si>
     <t>687</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/687/ind_073_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/687/ind_073_2025.pdf</t>
   </si>
   <si>
     <t>Pedido de informações detalhadas acerca do processo judicial da quadra poliesportiva do Bairro Coqueiro.</t>
   </si>
   <si>
     <t>688</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/688/ind_074_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/688/ind_074_2025.pdf</t>
   </si>
   <si>
     <t>Implantação de redutores de velocidade e faixa de pedestre (em frente ao posto de saúde, próximo a Igreja São Gonzalo) na localidade da Lagoa do Camelo, Zona Rural.</t>
   </si>
   <si>
     <t>689</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/689/ind_075_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/689/ind_075_2025.pdf</t>
   </si>
   <si>
     <t>Solicitar a construção de um centro poliesportivo e de uma área de lazer no Campo Piauí.</t>
   </si>
   <si>
     <t>711</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
     <t>Junior Carapeba</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/711/ind_076_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/711/ind_076_2025.pdf</t>
   </si>
   <si>
     <t>Solicitando a construção de uma parada de ônibus com cobertura e banheiros nas proximidades da Padaria Santa Clara, localizada na Avenida Prefeito Antônio de Pádua da Costa Lima.</t>
   </si>
   <si>
     <t>712</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/712/ind_077_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/712/ind_077_2025.pdf</t>
   </si>
   <si>
     <t>Indicativo a projeto de lei que dispõe sobre a criação da bolsa recicla + para auxílio aos catadores de materiais recicláveis e dá outras providências.</t>
   </si>
   <si>
     <t>713</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/713/ind_078_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/713/ind_078_2025.pdf</t>
   </si>
   <si>
     <t>A realização, com urgência, da limpeza urbana dos seguintes bairros: Centro, Beiramar e Triângulo (Campo- Piauí).</t>
   </si>
   <si>
     <t>714</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/714/ind_079_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/714/ind_079_2025.pdf</t>
   </si>
   <si>
     <t>Solicitação imediata da restituição do transporte que realizava o deslocamento dos idosos atendidos pelo Serviço de Convivência e Fortalecimento de Vínculos (SCFV), no âmbito do Centro de Referência em Assistência Social (CRAS).</t>
   </si>
   <si>
     <t>717</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/717/ind_080_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/717/ind_080_2025.pdf</t>
   </si>
   <si>
     <t>Solicita reestruturação e ampliação do prado da Comunidade do Poço Dantas Zona Rural - (devendo conter locais adequados aos animais, área de estacionamento e locais estratégicos para os banheiros).</t>
   </si>
   <si>
     <t>718</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/718/ind_081_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/718/ind_081_2025.pdf</t>
   </si>
   <si>
     <t>Indica construção de galeria para escoamento de aguas pluviais no Bairro Coqueiro.</t>
   </si>
   <si>
     <t>719</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/719/ind_082_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/719/ind_082_2025.pdf</t>
   </si>
   <si>
     <t>Indica a recuperação da estrada vicinal da comunidade São José até o Brandão, bem como, que seja feita a roçagem da vegetação nesse trecho da nossa Zona Rural.</t>
   </si>
   <si>
     <t>720</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/720/ind_083_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/720/ind_083_2025.pdf</t>
   </si>
   <si>
     <t>Indica a raspagem e manutenção das estradas vicinais das comunidades: São João da Praia, Patos, Poções e Carneiro.</t>
   </si>
   <si>
     <t>721</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/721/ind_084_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/721/ind_084_2025.pdf</t>
   </si>
   <si>
     <t>Indica a raspagem e manutenção das estradas vicinais das comunidades: Santa Rosa Velha, Santa Rosa Nova, Ipueira, Salgado e Fernando, localizadas na grande região Brejinho.</t>
   </si>
   <si>
     <t>722</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/722/ind_085_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/722/ind_085_2025.pdf</t>
   </si>
   <si>
     <t>Indica a raspagem e manutenção das estradas vicinais das comunidades: São José, Feijão Bravo, Brandão e Cajueiro do Souza.</t>
   </si>
   <si>
     <t>723</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/723/ind_086_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/723/ind_086_2025.pdf</t>
   </si>
   <si>
     <t>Indica que seja solucionado com a maior brevidade possível, as problemáticas da escola São Sebastião no povoado das Carapebas.</t>
   </si>
   <si>
     <t>724</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/724/ind_087_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/724/ind_087_2025.pdf</t>
   </si>
   <si>
     <t>Indica a construção de uma quadra poliesportiva na Comunidade Lagoa do Sobradinho - Zona Rural.</t>
   </si>
   <si>
     <t>725</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/725/ind_088_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/725/ind_088_2025.pdf</t>
   </si>
   <si>
     <t>Indica a instalação de lixeiras públicas em pontos estratégicos da cidade, preferencialmente em locais acessíveis à coleta regular realizada pelos caminhões de lixo, associada a ações de conscientização junto à população sobre o descarte correto de resíduos.</t>
   </si>
   <si>
     <t>726</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/726/ind_089_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/726/ind_089_2025.pdf</t>
   </si>
   <si>
     <t>Indica a calçamento para a Rua Conceição Pereira, localizada no Bairro Alto do Murici no município de Luís Correia.</t>
   </si>
   <si>
     <t>727</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/727/ind_090_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/727/ind_090_2025.pdf</t>
   </si>
   <si>
     <t>Indica a substituição das carteiras escolares da Escola Infantil Raio de Sol, localizada na comunidade Carapebas, zona rural de Luís Correia-PI.</t>
   </si>
   <si>
     <t>728</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/728/ind_091_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/728/ind_091_2025.pdf</t>
   </si>
   <si>
     <t>Indica a instalação da caixa d'água da Escola Infantil: Raio de Sol, localizada na comunidade Carapebas, zona rural de Luís Correia-PI.</t>
   </si>
   <si>
     <t>738</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/738/ind_092_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/738/ind_092_2025.pdf</t>
   </si>
   <si>
     <t>Solicitando a construção de uma praça pública na localidade Emparedado, nas mediações da igreja local, zona rural do município de Luís Correia - PI.</t>
   </si>
   <si>
     <t>739</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/739/ind_093_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/739/ind_093_2025.pdf</t>
   </si>
   <si>
     <t>Solicita ao Poder Executivo Municipal, por meio da Secretaria de Obras, Infraestrutura e Serviços Urbanos, a reforma e recuperação do chafariz da Comunidade Brandão, na zona rural de Luís Correia - PI.</t>
   </si>
   <si>
     <t>740</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/740/ind_094_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/740/ind_094_2025.pdf</t>
   </si>
   <si>
     <t>A roçagem dos matos ao longo da estrada que liga a comunidade dos Córregos à comunidade de Boa Esperança.</t>
   </si>
   <si>
     <t>745</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/745/ind_095_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/745/ind_095_2025.pdf</t>
   </si>
   <si>
     <t>Solicitando a construção de três (03) quiosques em praças públicas do município de Luís Correia.</t>
   </si>
   <si>
     <t>746</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/746/ind_096_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/746/ind_096_2025.pdf</t>
   </si>
   <si>
     <t>Reforma completa da Unidade Básica de Saúde (UBS) da comunidade Carapebas.</t>
   </si>
   <si>
     <t>747</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/747/ind_097_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/747/ind_097_2025.pdf</t>
   </si>
   <si>
     <t>Solicitando a realização urgente da limpeza e manutenção do chafariz localizado na comunidade Baixa do Eufrásio, zona rural deste município.</t>
   </si>
   <si>
     <t>748</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/748/ind_098_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/748/ind_098_2025.pdf</t>
   </si>
   <si>
     <t>Seja adotada todas as medidas necessárias realizar uma obra de infraestrutura (escoamento de agua pluviais) localizada no perímetro das ruas Flor de Aniz e Flamboyant ambas no Bairro Peito de Moça - as margens da PI 116 – conforme projeto de drenagem e levantamento planimétrico em anexo.</t>
   </si>
   <si>
     <t>749</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/749/ind_099_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/749/ind_099_2025.pdf</t>
   </si>
   <si>
     <t>Implantação de contêineres de lixo nas comunidades Mexeriqueira, Carapebas, Lagoa do Barro e Camurupim.</t>
   </si>
   <si>
     <t>750</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/750/ind_100_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/750/ind_100_2025.pdf</t>
   </si>
   <si>
     <t>Propõe-se a criação de um Setor de Acolhimento responsável por protocolar e gerenciar as solicitações de distribuição de água no município.</t>
   </si>
   <si>
     <t>751</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/751/ind_101_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/751/ind_101_2025.pdf</t>
   </si>
   <si>
     <t>Recuperação do calcamento e limpeza e asfaltamento da Rua Felipe Fontenele Bairro Centro.</t>
   </si>
   <si>
     <t>752</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/752/ind_102_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/752/ind_102_2025.pdf</t>
   </si>
   <si>
     <t>A revitalização da estrada vicinal, que liga as comunidades Timbaúba ao Brandão.</t>
   </si>
   <si>
     <t>753</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/753/ind_103_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/753/ind_103_2025.pdf</t>
   </si>
   <si>
     <t>A revitalização e a roçagem dos matos ao longo da estrada vicinal, que liga as comunidades Timbaúbaá Salgada.</t>
   </si>
   <si>
     <t>754</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/754/ind_104_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/754/ind_104_2025.pdf</t>
   </si>
   <si>
     <t>Solicitando a reabertura da antiga escola da Comunidade Fernando, localizada na zona rural, para que o espaço seja utilizado como ponto de apoio para atendimento de saúde à população local, com frequência mínima de uma vez a cada quinze dias.</t>
   </si>
   <si>
     <t>755</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/755/ind_105_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/755/ind_105_2025.pdf</t>
   </si>
   <si>
     <t>Solicitando a perfuração de um poço tubular na comunidade São Benedito, região Curral Velho.</t>
   </si>
   <si>
     <t>756</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/756/ind_106_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/756/ind_106_2025.pdf</t>
   </si>
   <si>
     <t>Indica que seja designado um profissional fisioterapeuta para prestar atendimento regular na UBS da comunidade Camurupim.</t>
   </si>
   <si>
     <t>757</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/757/ind_107_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/757/ind_107_2025.pdf</t>
   </si>
   <si>
     <t>Revitalização do entroncamento da Rua Miguel de Paulo ao final da rua com acesso a praia, situada no Bairro Coqueiro.</t>
   </si>
   <si>
     <t>758</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/758/ind_108_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/758/ind_108_2025.pdf</t>
   </si>
   <si>
     <t>Pavimentação asfáltica da Rua Nova, situada no Bairro Atalaia.</t>
   </si>
   <si>
     <t>759</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/759/ind_109_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/759/ind_109_2025.pdf</t>
   </si>
   <si>
     <t>Pavimentação poliédrica da Rua Projetada 9, situada no Bairro Coqueiro.</t>
   </si>
   <si>
     <t>763</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/763/ind_110_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/763/ind_110_2025.pdf</t>
   </si>
   <si>
     <t>Proposta para a execução da pavimentação poliédrica da via principal da Comunidade Emparedado - Zona Rural de Luís Correia.</t>
   </si>
   <si>
     <t>764</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/764/ind_111_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/764/ind_111_2025.pdf</t>
   </si>
   <si>
     <t>Indica obra de infraestrutura com aproximadamente 450 metros lineares (calçadão de passarela de pedestre com espaço destinado a estacionamento de veículos) localizada na Praia do Coqueiro no trecho da Barraca do Preto até o Costeiro Beach.</t>
   </si>
   <si>
     <t>765</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/765/ind_112_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/765/ind_112_2025.pdf</t>
   </si>
   <si>
     <t>A revitalização da estrada vicinal, que liga as comunidades Carnaubal ao Curral Velho.</t>
   </si>
   <si>
     <t>766</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/766/ind_113_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/766/ind_113_2025.pdf</t>
   </si>
   <si>
     <t>Construção de um muro na Escola Municipal Rita Miranda Brito, localizada no povoado Brejinho, zona rural deste município.</t>
   </si>
   <si>
     <t>767</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/767/ind_114_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/767/ind_114_2025.pdf</t>
   </si>
   <si>
     <t>Solicita à Secretaria Municipal de Obras, Transportes e Serviços Urbanos, o envio de carro-pipa para atender às necessidades da comunidade Jacobina, no município de Luís Correia.</t>
   </si>
   <si>
     <t>769</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/769/ind_115_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/769/ind_115_2025.pdf</t>
   </si>
   <si>
     <t>Solicitação de instalação de lombada modular (tipo tartaruga) e faixa de pedestre.</t>
   </si>
   <si>
     <t>770</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/770/ind_116_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/770/ind_116_2025.pdf</t>
   </si>
   <si>
     <t>Revitalização da estrada vicinal da comunidade Joao Francisco (que liga o povoado Sobradinho ao Apicum) Zona rural.</t>
   </si>
   <si>
     <t>773</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/773/ind_117_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/773/ind_117_2025.pdf</t>
   </si>
   <si>
     <t>Proposição para a pavimentação poliédrica de 350 metros lineares, correspondentes a 2.100 m², na Rua Projetada 115, no Bairro Barro Preto, via que se inicia na PI-116 e dá acesso direto à praia.</t>
   </si>
   <si>
     <t>774</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/774/ind_118_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/774/ind_118_2025.pdf</t>
   </si>
   <si>
     <t>Revitalização do teto da quadra poliesportiva na Escola Antônio Osvaldo (Bairro Alto Bonito).</t>
   </si>
   <si>
     <t>775</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/775/ind_119_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/775/ind_119_2025.pdf</t>
   </si>
   <si>
     <t>Realização de serviço de limpeza pública (capina) e manutenção urbana nas ruas do bairro Alto Bonito.</t>
   </si>
   <si>
     <t>776</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/776/ind_120_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/776/ind_120_2025.pdf</t>
   </si>
   <si>
     <t>Solicita revitalização e limpeza de canal de esgoto a céu aberto.</t>
   </si>
   <si>
     <t>787</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/787/ind_121_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/787/ind_121_2025.pdf</t>
   </si>
   <si>
     <t>Solicita à Secretaria Municipal de Obras, Transportes e Serviços Urbanos, revitalização do chafariz e a instalação de uma base de caixa d'água em estrutura de pré-moldado na Comunidade Igarana, zona rural de Luís Correia.</t>
   </si>
   <si>
     <t>788</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/788/ind_122_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/788/ind_122_2025.pdf</t>
   </si>
   <si>
     <t>Solicita à Secretaria Municipal de Obras, Transportes e Serviços Urbanos, a recuperação da estrada vicinal que liga a comunidade Baixa do Carpino à comunidade — Jacobina, popularmente conhecida como “Estrada da Lama Preta”, zona rural de Luís Correia.</t>
   </si>
   <si>
     <t>789</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/789/ind_123_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/789/ind_123_2025.pdf</t>
   </si>
   <si>
     <t>Solicita à Secretaria Municipal de Obras, Transportes e Serviços Urbanos, a recuperação poliédrica da Rua Parnaíba, que dá acesso à Praia de Atalaia, no município de Luís Correia.</t>
   </si>
   <si>
     <t>790</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/790/ind_124_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/790/ind_124_2025.pdf</t>
   </si>
   <si>
     <t>Indicativo à Secretaria Municipal de Obras, Transportes e Serviços Urbanos, solicitando a recuperação da iluminação pública da comunidade Baixa do Carpino, zona rural de Luís Correia.</t>
   </si>
   <si>
     <t>791</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/791/ind_125_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/791/ind_125_2025.pdf</t>
   </si>
   <si>
     <t>Solicita à Secretaria Municipal de Obras, Transportes e Serviços Urbanos, a revitalização do chafariz na Comunidade Rufo, zona rural de Luís Correia.</t>
   </si>
   <si>
     <t>792</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/792/ind_126_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/792/ind_126_2025.pdf</t>
   </si>
   <si>
     <t>Recuperação poliédrica da Rua Manoel Mariscal, localizada no bairro Coqueiro da Praia, em Luís Correia.</t>
   </si>
   <si>
     <t>793</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/793/ind_127_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/793/ind_127_2025.pdf</t>
   </si>
   <si>
     <t>Solicitação da Manutenção do Muro da Escola Municipal Jose Maria de Lima Bairro Cearazinho.</t>
   </si>
   <si>
     <t>796</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/796/ind_128_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/796/ind_128_2025.pdf</t>
   </si>
   <si>
     <t>Solicitação do recapeamento da Rua Dep.Joao Pinto.</t>
   </si>
   <si>
     <t>797</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/797/ind_129_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/797/ind_129_2025.pdf</t>
   </si>
   <si>
     <t>Sinalizações verticais, Horizontais em cruzamentos de ruas abaixo descriminadas</t>
   </si>
   <si>
     <t>798</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/798/ind_130_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/798/ind_130_2025.pdf</t>
   </si>
   <si>
     <t>Que seja providenciada, com urgência, a designação de um profissional de fisioterapia para atuar na Unidade Básica de Saúde (UBS) da comunidade Baixa do Carpino, bem como a reativação da sala de odontologia da referida unidade, com os equipamentos e profissionais necessários para o pleno funcionamento.</t>
   </si>
   <si>
     <t>801</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/801/ind_131_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/801/ind_131_2025.pdf</t>
   </si>
   <si>
     <t>Proposta para a construção de um Anexo de Saúde da Unidade Básica de Saúde (UBS) da Comunidade Lagoa do Camelo, a ser implantado na Comunidade Patos, na zona rural de Luís Correia</t>
   </si>
   <si>
     <t>802</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/802/ind_132_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/802/ind_132_2025.pdf</t>
   </si>
   <si>
     <t>Proposta para a construção de uma Praça Pública com Academia de Ginástica, em frente à Igreja da Comunidade Poções, na zona rural de Luís Correia.</t>
   </si>
   <si>
     <t>803</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/803/ind_133_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/803/ind_133_2025.pdf</t>
   </si>
   <si>
     <t>Indicando a construção de duas (2) paradas de ônibus no bairro Coqueiro e outra no Conjunto Residencial Brisa Mar, na zona urbana de Luís Correia.</t>
   </si>
   <si>
     <t>804</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/804/ind_134_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/804/ind_134_2025.pdf</t>
   </si>
   <si>
     <t>Indicando que seja encaminhado ao Poder Executivo, com cópia à Secretaria de Infraestrutura, a revitalização da iluminação pública no Aterro do Bezerro Morto, na zona rural do município de Luís Correia.</t>
   </si>
   <si>
     <t>805</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/805/ind_135_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/805/ind_135_2025.pdf</t>
   </si>
   <si>
     <t>Proposta para a implantação de contêineres de lixo e a inclusão das comunidades Carnaubal e Bezerro Morto na rota de coleta regular de resíduos sólidos, na zona rural de Luís Correia.</t>
   </si>
   <si>
     <t>806</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/806/ind_136_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/806/ind_136_2025.pdf</t>
   </si>
   <si>
     <t>Indicando que seja encaminhado a Sra. Prefeita Municipal, com cópia à Secretaria de Obras, Transportes e Serviços Urbanos, a pavimentação poliédrica da Rua Francisco Gomes, localizada no Bairro Coqueiro, na zona urbana de Luís Correia.</t>
   </si>
   <si>
     <t>807</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/807/ind_137_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/807/ind_137_2025.pdf</t>
   </si>
   <si>
     <t>Indicando que seja encaminhado a Sra. Prefeita Municipal, com cópia à Secretaria de Obras, Transportes e Serviços Urbanos, a pavimentação poliédrica da Rua Projetada 64, localizada no Bairro Coqueiro, na zona urbana de Luís Correia.</t>
   </si>
   <si>
     <t>808</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/808/ind_138_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/808/ind_138_2025.pdf</t>
   </si>
   <si>
     <t>Indicando que seja encaminhado a Sra. Prefeita Municipal, com cópia à Secretaria de Obras, Transportes e Serviços Urbanos, a pavimentação poliédrica da Rua Projetada 30, localizada no Barro Preto, na zona urbana de Luís Correia.</t>
   </si>
   <si>
     <t>809</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/809/ind_139_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/809/ind_139_2025.pdf</t>
   </si>
   <si>
     <t>Indica que seja realizada com urgência a reforma e recuperação estrutural do chafariz da Comunidade Ribeira, zona rural do município de Luís Correia – PI.</t>
   </si>
   <si>
     <t>810</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/810/ind_140_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/810/ind_140_2025.pdf</t>
   </si>
   <si>
     <t>Indica a recuperação asfáltica e instalação de um sistema de drenagem de águas pluviais no cruzamento entre as ruas Josias Correia e Francisco Carlindo e também na rua Estudante José Patriotino</t>
   </si>
   <si>
     <t>811</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/811/ind_141_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/811/ind_141_2025.pdf</t>
   </si>
   <si>
     <t>Indica que a Sra. Prefeita Municipal, interceda junto ao governo do Estado do Piauí no intuito de disponibilizar caminhão castramóvel, para realizar serviços de castração animais (gatos e cachorros) na cidade de Luis Correia.</t>
   </si>
   <si>
     <t>812</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/812/ind_142_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/812/ind_142_2025.pdf</t>
   </si>
   <si>
     <t>Indica proposta para implementação de um Parque Infantil na Creche Raio de Sol, localizada na Comunidade de Carapebas, Zona Rural do Município de Luis Correia-PI</t>
   </si>
   <si>
     <t>813</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/813/ind_143_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/813/ind_143_2025.pdf</t>
   </si>
   <si>
     <t>Indica para que providencie a limpeza da Rua Calêndolas, Bairro Peito de Moça, conjunto Brisa Mar, Luís Correia-PI.</t>
   </si>
   <si>
     <t>814</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/814/ind_144_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/814/ind_144_2025.pdf</t>
   </si>
   <si>
     <t>Solicita providências urgentes quanto às condições das mães e crianças autistas que aguardam atendimento na Secretária Municipal de Saúde de Luis Correia</t>
   </si>
   <si>
     <t>816</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/816/ind_145_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/816/ind_145_2025.pdf</t>
   </si>
   <si>
     <t>Indica a criação de um “Sistema de Numeração e Mapeamento de Postes de Iluminação Pública”, no Município de Luís Correia</t>
   </si>
   <si>
     <t>817</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/817/ind_146_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/817/ind_146_2025.pdf</t>
   </si>
   <si>
     <t>Solicitação de Limpeza do Bairro Residencial Brisamar.</t>
   </si>
   <si>
     <t>820</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/820/ind_147_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/820/ind_147_2025.pdf</t>
   </si>
   <si>
     <t>Indica obra de pavimentação poliédrica localizada no bairro Coqueiro da Praia.</t>
   </si>
   <si>
     <t>821</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/821/ind_148_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/821/ind_148_2025.pdf</t>
   </si>
   <si>
     <t>Indica instalação de uma academia comunitária no balão da Avenida Carlos Alberto Justino de Carvalho, no bairro Coqueiro da Praia.</t>
   </si>
   <si>
     <t>822</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/822/ind_149_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/822/ind_149_2025.pdf</t>
   </si>
   <si>
     <t>Indica uma obra de revitalização e povoamento da Lagoa do Sobradinho - zona rural de Luís Correia-PI.</t>
   </si>
   <si>
     <t>823</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/823/ind_150_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/823/ind_150_2025.pdf</t>
   </si>
   <si>
     <t>Solicita à Prefeitura Municipal de Luís Correia a revitalização do teto da quadra de esportes da Unidade Escolar Deputado Pinheiro Machado (Bairro Rancho Alegre).</t>
   </si>
   <si>
     <t>824</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/824/ind_151_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/824/ind_151_2025.pdf</t>
   </si>
   <si>
     <t>Revitalização da iluminação pública da Rua Francisco Eduardo (Bairro Cearazinho).</t>
   </si>
   <si>
     <t>836</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/836/ind_152_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/836/ind_152_2025.pdf</t>
   </si>
   <si>
     <t>Construção do calçamento da Rua Oeiras, no trecho que faz o cruzamento da Rua Parnaíba à Rua Cocal, no bairro Atalaia, em Luís Correia - PI._x000D_
 Revitalização da iluminação pública na referida via (Rua Oeiras), com instalação/substituição de iluminação adequada em quatro portes.</t>
   </si>
   <si>
     <t>837</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/837/ind_153_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/837/ind_153_2025.pdf</t>
   </si>
   <si>
     <t>A criação do Serviço Municipal de Correção Animal, responsável pelo recolhimento, guarda e destinação adequada de animais de grande porte soltos nas vias públicas, tais como cavalos, gado e jumentos.</t>
   </si>
   <si>
     <t>838</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/838/ind_154_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/838/ind_154_2025.pdf</t>
   </si>
   <si>
     <t>Elevação do calcamento na rua São José, Bairro Centro.</t>
   </si>
   <si>
     <t>839</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/839/ind_155_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/839/ind_155_2025.pdf</t>
   </si>
   <si>
     <t>Viabilizado o retorno do atendimento do Serviço de Atendimento Móvel de Urgência (SAMU) à região do Brejinho, pelo menos nos finais de semana, como ocorria anteriormente.</t>
   </si>
   <si>
     <t>840</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/840/ind_156_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/840/ind_156_2025.pdf</t>
   </si>
   <si>
     <t>Requerendo que seja providenciada a contratação de três vigilantes noturnos para a Unidade Básica de Saúde (UBS) do Pé da Serra.</t>
   </si>
   <si>
     <t>844</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/844/ind_157_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/844/ind_157_2025.pdf</t>
   </si>
   <si>
     <t>Instalação da bomba e a implantação da rede de distribuição de água no Parque de Exposição do Brejinho.</t>
   </si>
   <si>
     <t>845</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/845/ind_158_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/845/ind_158_2025.pdf</t>
   </si>
   <si>
     <t>Indica a realização, com urgência, de ações de limpeza, manutenção e recuperação estrutural no Parque de Exposição do Brejinho.</t>
   </si>
   <si>
     <t>832</t>
   </si>
   <si>
     <t>PAR</t>
   </si>
   <si>
     <t>Parecer</t>
   </si>
   <si>
     <t>CLJR - Comissão de Legislação, Justiça e Redação Final</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/832/parecer_da_comissao_legislacao_justica_e_redacao_final_pl_37.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/832/parecer_da_comissao_legislacao_justica_e_redacao_final_pl_37.pdf</t>
   </si>
   <si>
     <t>Parecer da Comissão Legislação, Justiça e Redação Final PL 37</t>
   </si>
   <si>
     <t>833</t>
   </si>
   <si>
     <t>COF - Comissão de Orçamento, Finanças, Controle e Fiscalização</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/833/comissao_de_orcamento_financas_controle_e_fiscalizacao_pl_37.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/833/comissao_de_orcamento_financas_controle_e_fiscalizacao_pl_37.pdf</t>
   </si>
   <si>
     <t>Comissão de Orçamento, Finanças, Controle e Fiscalização PL 37</t>
   </si>
   <si>
     <t>834</t>
   </si>
   <si>
     <t>CEC - Comissão de Educação, Cultura, Esporte, Lazer, da Seguridade</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/834/comissao_de_seguranca_social_e_defesa_dos_direitos_humanos._pl_37.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/834/comissao_de_seguranca_social_e_defesa_dos_direitos_humanos._pl_37.pdf</t>
   </si>
   <si>
     <t>Comissão de Segurança Social e Defesa dos Direitos Humanos. PL 37</t>
   </si>
   <si>
     <t>828</t>
   </si>
   <si>
     <t>EMD</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/828/emenda_01_pl_37.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/828/emenda_01_pl_37.pdf</t>
   </si>
   <si>
     <t>Emenda 01 PL 37</t>
   </si>
   <si>
     <t>829</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/829/emenda_02_pl_37.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/829/emenda_02_pl_37.pdf</t>
   </si>
   <si>
     <t>Emenda 02 PL 37</t>
   </si>
   <si>
     <t>830</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/830/emenda_03_pl_37.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/830/emenda_03_pl_37.pdf</t>
   </si>
   <si>
     <t>Emenda 03 PL 37</t>
   </si>
   <si>
     <t>831</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/831/emenda_modificativa_02_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/831/emenda_modificativa_02_2025.pdf</t>
   </si>
   <si>
     <t>Emenda modificativa 02 2025 ao PL 037</t>
   </si>
   <si>
     <t>737</t>
   </si>
   <si>
     <t>VETO</t>
   </si>
   <si>
     <t>Razões do Veto</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/737/mensagem_de_veto_as_emendas_ao_pl_019_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/737/mensagem_de_veto_as_emendas_ao_pl_019_2025.pdf</t>
   </si>
   <si>
     <t>Veto as emendas mencionadas referentes ao Projeto de Lei nº 019/2025 de autoria do Poder Executivo.</t>
   </si>
   <si>
     <t>736</t>
   </si>
   <si>
     <t>SUB</t>
   </si>
   <si>
     <t>Substitutivo</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/736/pl_subs_001_2025.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/736/pl_subs_001_2025.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -3070,68 +3070,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/615/req_001_2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/616/req_002_2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/617/req_003_2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/618/req_004_2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/619/req_005_2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/620/req_006_2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/621/req_007_2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/622/req_008_2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/623/req_009_2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/627/req_010_2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/628/req_011_2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/629/req_012_2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/630/req_013_2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/631/req_014_2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/632/req_015_2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/639/req_016_2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/699/req_017_2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/700/req_018_2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/640/req_019_2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/641/req_020_2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/642/req_021_2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/643/req_022_2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/644/req_023_2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/645/req_024_2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/646/req_025_2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/647/req_026_2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/648/req_027_2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/701/req_028_2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/702/req_029_2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/703/req_030_2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/704/req_031_2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/705/req_032_2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/706/req_034_2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/707/req_035_2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/708/req_036_2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/709/req_037_2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/710/req_038_2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/731/req_039_2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/732/req_040_2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/742/req_041_2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/743/req_042_2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/744/req_043_2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/760/req_045_2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/761/req_046_2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/762/req_047_2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/771/req_048_2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/772/req_049_2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/799/req_050_2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/800/req_051_2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/819/req_052_2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/835/req_053_2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/612/pl_001_2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/610/pl_002_2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/611/pl_003_2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/613/pl_004_2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/614/pl_005_2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/624/pl_006_2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/626/pl_007_2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/633/pl_008_2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/634/pl_009_2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/635/pl_010_2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/636/pl_011_2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/638/pl_012_2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/637/pl_013_2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/734/pl_014_2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/679/pl_015_2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/735/pl_016_2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/682/pl_017_2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/680/pl_018_2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/681/pl_019_2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/715/pl_020_2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/716/pl_021_2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/733/pl_022_2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/683/pl_023_2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/729/pl_024_2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/730/pl_025_2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/741/pl_026_2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/778/pl_027_2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/768/pl_028_2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/779/pl_029_2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/780/pl_030_2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/781/pl_031_2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/782/pl_032_2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/783/pl_033_2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/784/pl_034_ppa_2026_a_2029_completo.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/785/pl_035_loa_2026_-_completa.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/786/pl_036_2025.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/795/pl_038_2025.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/815/pl_039.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/818/pl_040_2025.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/846/pl_041_2025.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/825/pdl_004_2025.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/826/pdl_005_2025.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/827/pdl_006_2025.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/841/pdl_007_2025.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/842/pdl_008_2025.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/843/pdl_009_2025.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/625/ind_001_2025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/649/ind_002_2025.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/650/ind_003_2025.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/651/ind_004_2025.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/652/ind_005_2025.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/653/ind_006_2025.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/654/ind_007_2025.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/655/ind_008_2025.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/656/ind_009_2025.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/657/ind_010_2025.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/658/ind_011_2025.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/659/ind_012_2025.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/660/ind_013_2025.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/661/ind_014_2025.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/662/ind_015_2025.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/663/ind_016_2025.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/664/ind_017_2025.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/665/ind_018_2025.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/666/ind_019_2025.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/667/ind_020_2025.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/668/ind_021_2025.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/669/ind_022_2025.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/670/ind_023_2025.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/671/ind_024_2025.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/672/ind_025_2025.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/673/ind_026_2025.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/674/ind_027_2025.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/675/ind_028_2025.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/676/ind_029_2025.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/677/ind_030_2025.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/678/ind_031_2025.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/690/ind_060_2025.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/691/ind_061_2025.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/692/ind_062_2025.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/693/ind_063_2025.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/694/ind_064_2025.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/695/ind_065_2025.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/696/ind_066_2025.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/697/ind_067_2025.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/698/ind_068_2025.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/777/ind_069_2025.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/684/ind_070_2025.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/685/ind_071_2025.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/686/ind_072_2025.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/687/ind_073_2025.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/688/ind_074_2025.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/689/ind_075_2025.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/711/ind_076_2025.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/712/ind_077_2025.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/713/ind_078_2025.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/714/ind_079_2025.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/717/ind_080_2025.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/718/ind_081_2025.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/719/ind_082_2025.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/720/ind_083_2025.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/721/ind_084_2025.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/722/ind_085_2025.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/723/ind_086_2025.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/724/ind_087_2025.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/725/ind_088_2025.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/726/ind_089_2025.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/727/ind_090_2025.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/728/ind_091_2025.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/738/ind_092_2025.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/739/ind_093_2025.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/740/ind_094_2025.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/745/ind_095_2025.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/746/ind_096_2025.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/747/ind_097_2025.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/748/ind_098_2025.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/749/ind_099_2025.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/750/ind_100_2025.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/751/ind_101_2025.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/752/ind_102_2025.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/753/ind_103_2025.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/754/ind_104_2025.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/755/ind_105_2025.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/756/ind_106_2025.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/757/ind_107_2025.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/758/ind_108_2025.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/759/ind_109_2025.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/763/ind_110_2025.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/764/ind_111_2025.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/765/ind_112_2025.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/766/ind_113_2025.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/767/ind_114_2025.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/769/ind_115_2025.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/770/ind_116_2025.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/773/ind_117_2025.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/774/ind_118_2025.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/775/ind_119_2025.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/776/ind_120_2025.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/787/ind_121_2025.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/788/ind_122_2025.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/789/ind_123_2025.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/790/ind_124_2025.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/791/ind_125_2025.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/792/ind_126_2025.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/793/ind_127_2025.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/796/ind_128_2025.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/797/ind_129_2025.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/798/ind_130_2025.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/801/ind_131_2025.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/802/ind_132_2025.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/803/ind_133_2025.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/804/ind_134_2025.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/805/ind_135_2025.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/806/ind_136_2025.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/807/ind_137_2025.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/808/ind_138_2025.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/809/ind_139_2025.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/810/ind_140_2025.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/811/ind_141_2025.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/812/ind_142_2025.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/813/ind_143_2025.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/814/ind_144_2025.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/816/ind_145_2025.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/817/ind_146_2025.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/820/ind_147_2025.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/821/ind_148_2025.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/822/ind_149_2025.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/823/ind_150_2025.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/824/ind_151_2025.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/836/ind_152_2025.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/837/ind_153_2025.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/838/ind_154_2025.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/839/ind_155_2025.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/840/ind_156_2025.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/844/ind_157_2025.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/845/ind_158_2025.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/832/parecer_da_comissao_legislacao_justica_e_redacao_final_pl_37.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/833/comissao_de_orcamento_financas_controle_e_fiscalizacao_pl_37.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/834/comissao_de_seguranca_social_e_defesa_dos_direitos_humanos._pl_37.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/828/emenda_01_pl_37.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/829/emenda_02_pl_37.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/830/emenda_03_pl_37.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/831/emenda_modificativa_02_2025.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/737/mensagem_de_veto_as_emendas_ao_pl_019_2025.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/736/pl_subs_001_2025.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/615/req_001_2025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/616/req_002_2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/617/req_003_2025.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/618/req_004_2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/619/req_005_2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/620/req_006_2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/621/req_007_2025.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/622/req_008_2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/623/req_009_2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/627/req_010_2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/628/req_011_2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/629/req_012_2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/630/req_013_2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/631/req_014_2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/632/req_015_2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/639/req_016_2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/699/req_017_2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/700/req_018_2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/640/req_019_2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/641/req_020_2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/642/req_021_2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/643/req_022_2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/644/req_023_2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/645/req_024_2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/646/req_025_2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/647/req_026_2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/648/req_027_2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/701/req_028_2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/702/req_029_2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/703/req_030_2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/704/req_031_2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/705/req_032_2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/706/req_034_2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/707/req_035_2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/708/req_036_2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/709/req_037_2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/710/req_038_2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/731/req_039_2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/732/req_040_2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/742/req_041_2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/743/req_042_2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/744/req_043_2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/760/req_045_2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/761/req_046_2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/762/req_047_2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/771/req_048_2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/772/req_049_2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/799/req_050_2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/800/req_051_2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/819/req_052_2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/835/req_053_2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/612/pl_001_2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/610/pl_002_2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/611/pl_003_2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/613/pl_004_2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/614/pl_005_2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/624/pl_006_2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/626/pl_007_2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/633/pl_008_2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/634/pl_009_2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/635/pl_010_2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/636/pl_011_2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/638/pl_012_2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/637/pl_013_2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/734/pl_014_2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/679/pl_015_2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/735/pl_016_2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/682/pl_017_2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/680/pl_018_2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/681/pl_019_2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/715/pl_020_2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/716/pl_021_2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/733/pl_022_2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/683/pl_023_2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/729/pl_024_2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/730/pl_025_2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/741/pl_026_2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/778/pl_027_2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/768/pl_028_2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/779/pl_029_2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/780/pl_030_2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/781/pl_031_2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/782/pl_032_2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/783/pl_033_2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/784/pl_034_ppa_2026_a_2029_completo.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/785/pl_035_loa_2026_-_completa.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/786/pl_036_2025.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/795/pl_038_2025.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/815/pl_039.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/818/pl_040_2025.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/846/pl_041_2025.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/825/pdl_004_2025.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/826/pdl_005_2025.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/827/pdl_006_2025.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/841/pdl_007_2025.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/842/pdl_008_2025.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/843/pdl_009_2025.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/625/ind_001_2025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/649/ind_002_2025.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/650/ind_003_2025.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/651/ind_004_2025.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/652/ind_005_2025.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/653/ind_006_2025.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/654/ind_007_2025.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/655/ind_008_2025.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/656/ind_009_2025.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/657/ind_010_2025.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/658/ind_011_2025.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/659/ind_012_2025.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/660/ind_013_2025.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/661/ind_014_2025.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/662/ind_015_2025.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/663/ind_016_2025.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/664/ind_017_2025.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/665/ind_018_2025.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/666/ind_019_2025.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/667/ind_020_2025.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/668/ind_021_2025.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/669/ind_022_2025.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/670/ind_023_2025.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/671/ind_024_2025.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/672/ind_025_2025.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/673/ind_026_2025.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/674/ind_027_2025.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/675/ind_028_2025.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/676/ind_029_2025.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/677/ind_030_2025.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/678/ind_031_2025.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/690/ind_060_2025.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/691/ind_061_2025.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/692/ind_062_2025.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/693/ind_063_2025.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/694/ind_064_2025.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/695/ind_065_2025.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/696/ind_066_2025.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/697/ind_067_2025.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/698/ind_068_2025.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/777/ind_069_2025.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/684/ind_070_2025.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/685/ind_071_2025.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/686/ind_072_2025.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/687/ind_073_2025.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/688/ind_074_2025.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/689/ind_075_2025.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/711/ind_076_2025.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/712/ind_077_2025.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/713/ind_078_2025.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/714/ind_079_2025.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/717/ind_080_2025.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/718/ind_081_2025.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/719/ind_082_2025.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/720/ind_083_2025.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/721/ind_084_2025.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/722/ind_085_2025.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/723/ind_086_2025.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/724/ind_087_2025.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/725/ind_088_2025.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/726/ind_089_2025.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/727/ind_090_2025.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/728/ind_091_2025.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/738/ind_092_2025.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/739/ind_093_2025.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/740/ind_094_2025.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/745/ind_095_2025.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/746/ind_096_2025.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/747/ind_097_2025.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/748/ind_098_2025.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/749/ind_099_2025.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/750/ind_100_2025.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/751/ind_101_2025.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/752/ind_102_2025.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/753/ind_103_2025.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/754/ind_104_2025.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/755/ind_105_2025.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/756/ind_106_2025.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/757/ind_107_2025.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/758/ind_108_2025.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/759/ind_109_2025.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/763/ind_110_2025.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/764/ind_111_2025.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/765/ind_112_2025.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/766/ind_113_2025.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/767/ind_114_2025.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/769/ind_115_2025.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/770/ind_116_2025.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/773/ind_117_2025.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/774/ind_118_2025.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/775/ind_119_2025.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/776/ind_120_2025.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/787/ind_121_2025.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/788/ind_122_2025.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/789/ind_123_2025.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/790/ind_124_2025.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/791/ind_125_2025.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/792/ind_126_2025.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/793/ind_127_2025.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/796/ind_128_2025.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/797/ind_129_2025.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/798/ind_130_2025.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/801/ind_131_2025.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/802/ind_132_2025.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/803/ind_133_2025.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/804/ind_134_2025.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/805/ind_135_2025.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/806/ind_136_2025.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/807/ind_137_2025.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/808/ind_138_2025.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/809/ind_139_2025.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/810/ind_140_2025.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/811/ind_141_2025.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/812/ind_142_2025.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/813/ind_143_2025.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/814/ind_144_2025.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/816/ind_145_2025.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/817/ind_146_2025.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/820/ind_147_2025.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/821/ind_148_2025.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/822/ind_149_2025.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/823/ind_150_2025.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/824/ind_151_2025.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/836/ind_152_2025.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/837/ind_153_2025.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/838/ind_154_2025.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/839/ind_155_2025.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/840/ind_156_2025.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/844/ind_157_2025.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/845/ind_158_2025.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/832/parecer_da_comissao_legislacao_justica_e_redacao_final_pl_37.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/833/comissao_de_orcamento_financas_controle_e_fiscalizacao_pl_37.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/834/comissao_de_seguranca_social_e_defesa_dos_direitos_humanos._pl_37.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/828/emenda_01_pl_37.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/829/emenda_02_pl_37.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/830/emenda_03_pl_37.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/831/emenda_modificativa_02_2025.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/737/mensagem_de_veto_as_emendas_ao_pl_019_2025.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2025/736/pl_subs_001_2025.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H238"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="60.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="140.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="139.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>