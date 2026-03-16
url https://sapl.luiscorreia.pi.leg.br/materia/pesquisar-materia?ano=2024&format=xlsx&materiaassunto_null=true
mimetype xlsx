--- v0 (2025-10-22)
+++ v1 (2026-03-16)
@@ -54,777 +54,777 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>547</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Daniel Cabrinha, Katia Silva, Novo Virgulino, SILVINHA PEREIRA, Wilton Veras</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/547/req_001_2024.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/547/req_001_2024.pdf</t>
   </si>
   <si>
     <t>Requerer que seja instituída Comissão Parlamentar de Inquérito para apurado de suposto desvio de recursos públicos no município de Luís Correia.</t>
   </si>
   <si>
     <t>548</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Novo Virgulino</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/548/req_002_2024.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/548/req_002_2024.pdf</t>
   </si>
   <si>
     <t>Solicita a reforma da Unidade Escolar Clarindo de Brito Veras na localidade Brejinho de Fátima, zona rural de Luis Correia.</t>
   </si>
   <si>
     <t>549</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/549/req_003_2024.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/549/req_003_2024.pdf</t>
   </si>
   <si>
     <t>Requer que seja enviado para os gabinetes dos vereadores que abaixo firmam, informações sobre o funcionário que exerce a função de fiscal de contratos.</t>
   </si>
   <si>
     <t>550</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/550/req_004_2024.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/550/req_004_2024.pdf</t>
   </si>
   <si>
     <t>Requer que sejam enviadas cópias do contrato firmado entre o Município de Luís Correia e a Empresa Conceito que presta serviço da iluminação pública para os gabinetes dos vereadores que abaixo firmam.</t>
   </si>
   <si>
     <t>551</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Daniel Cabrinha</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/551/req_005_2024.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/551/req_005_2024.pdf</t>
   </si>
   <si>
     <t>Requer que seja realizado uma visita técnica com engenheiros com urgência na ponte que da acesso, Povoado Quicer.</t>
   </si>
   <si>
     <t>552</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Raul Rodrigues</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/552/req_006_2024.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/552/req_006_2024.pdf</t>
   </si>
   <si>
     <t>Requer a realização da sessão solene para entrega do prêmio “MULHER DE DESTAQUE” do ano de 2024.</t>
   </si>
   <si>
     <t>553</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Wilton Veras</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/553/req_007_2024.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/553/req_007_2024.pdf</t>
   </si>
   <si>
     <t>Requer informações a respeito de exercício de obras em escola.</t>
   </si>
   <si>
     <t>554</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/554/req_008_2024.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/554/req_008_2024.pdf</t>
   </si>
   <si>
     <t>Requer instalação de rede de proteção em ginásio poliesportivo.</t>
   </si>
   <si>
     <t>556</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/556/req_009_2024.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/556/req_009_2024.pdf</t>
   </si>
   <si>
     <t>Requer a realização de Audiência Pública a ser realizada no dia 02 de abril de 2024 às 18 horas com o tema: “DIREITOS DOS AUTISTAS E A COMPREENSÃO PELA SOCIEDADE”.</t>
   </si>
   <si>
     <t>557</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/557/req_010_2024.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/557/req_010_2024.pdf</t>
   </si>
   <si>
     <t>Requer a construção de bueiro no bairro Cearazinho e dá outras providencias.</t>
   </si>
   <si>
     <t>558</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/558/req_011_2024.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/558/req_011_2024.pdf</t>
   </si>
   <si>
     <t>Requerer que seja providenciada a reforma do Posto de Saúde da comunidade Baixa do Carpino, zona rural de Luís Correia(PI).</t>
   </si>
   <si>
     <t>559</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/559/req_012_2024.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/559/req_012_2024.pdf</t>
   </si>
   <si>
     <t>Requer que seja colocado em pauta o veto do Projeto de Lei n°006/2024 tendo em vista que trata de matéria de urgência.</t>
   </si>
   <si>
     <t>560</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/560/req_016_2024.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/560/req_016_2024.pdf</t>
   </si>
   <si>
     <t>Requer que seja enviado ao Senhor Leonardo Sobral Santos do Departamento de Estrada e Rodagens (DER), seja consertado o semáforo de frente ao Luís Correia SHOPPING.</t>
   </si>
   <si>
     <t>561</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/561/req_017_2024.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/561/req_017_2024.pdf</t>
   </si>
   <si>
     <t>Requer do órgão competente, a Secretaria Municipal de Educação, seja solucionado com urgência a limpeza da fossa séptica do Colégio Ociomar Ivo dos Santos.</t>
   </si>
   <si>
     <t>562</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/562/req_018_2024.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/562/req_018_2024.pdf</t>
   </si>
   <si>
     <t>Requer que seja instituída CPI - Comissão Parlamentar de Inquérito.</t>
   </si>
   <si>
     <t>563</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/563/req_019_2024.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/563/req_019_2024.pdf</t>
   </si>
   <si>
     <t>Requer que sejam tomadas as devidas providências para implantação de um Bueiro para escoamento de água na Av. José Antônio Lima Pereira no Bairro Cearazinho nas proximidades da Escola Antônio Osvaldo.</t>
   </si>
   <si>
     <t>564</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/564/req_020_2024.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/564/req_020_2024.pdf</t>
   </si>
   <si>
     <t>Solicita junto a Secretaria responsável, a reposição de lâmpadas queimadas na zona rural do município de Luís Correia e ao mesmo tempo estude a possibilidade de melhorias no sistema de iluminação pública municipal.</t>
   </si>
   <si>
     <t>565</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>Artrannho O Homem do Chapéu</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/565/req_021_2024.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/565/req_021_2024.pdf</t>
   </si>
   <si>
     <t>Requer reforma da antiga Creche da Comunidade Lagoa do Camelo, com a finalidade de adaptá-lo para atividades direcionadas aos idosos de nossa comunidade.</t>
   </si>
   <si>
     <t>566</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/566/req_022_2024.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/566/req_022_2024.pdf</t>
   </si>
   <si>
     <t>Solicita informações sobre as linhas de transporte escolar no município de Luís Correia (PI).</t>
   </si>
   <si>
     <t>569</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/569/req_023_2024.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/569/req_023_2024.pdf</t>
   </si>
   <si>
     <t>Requerimento de indicativo, solicitando a construção da Praça da Bíblia, localizada na Rua José da Cunha Oliveira - Centro, Luís Correia - PI (próximo ao espaço do Skate).</t>
   </si>
   <si>
     <t>576</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/576/req_024_2024.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/576/req_024_2024.pdf</t>
   </si>
   <si>
     <t>Solicitando informações sobre o transporte escolar no município de Luís Correia (PI).</t>
   </si>
   <si>
     <t>577</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>Junior Carapeba</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/577/req_025_2024.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/577/req_025_2024.pdf</t>
   </si>
   <si>
     <t>Requer que seja encaminhado ofício para o Departamento de Estradas e Rodagens (DER-PI), solicitando a instalação de redutores de velocidade na PI-116 no trecho próximo ao Depósito Carapebas na comunidade Carapebas, zona rural de Luís Correia.</t>
   </si>
   <si>
     <t>578</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/578/req_026_2024.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/578/req_026_2024.pdf</t>
   </si>
   <si>
     <t>Solicitando a iluminação do Campo de Futebol da Comunidade Boa Esperança.</t>
   </si>
   <si>
     <t>579</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/579/req_027_2024.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/579/req_027_2024.pdf</t>
   </si>
   <si>
     <t>Solicitando a Raspagem das vias de acesso na Comunidade Curral Velho.</t>
   </si>
   <si>
     <t>590</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>Valdemir</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/590/req_028_2024.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/590/req_028_2024.pdf</t>
   </si>
   <si>
     <t>Melhoria com levantamento do calçamento da Rua Quadra 09, Bairro Peito de Moça, Residencial Brisa Mar, Luís Correia-PI.</t>
   </si>
   <si>
     <t>591</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/591/req_029_2024.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/591/req_029_2024.pdf</t>
   </si>
   <si>
     <t>Solicitando que seja realizado com urgência a reforma do chafariz da comunidade Brejinho de Fátima, zona rural de Luís Correia (PI).</t>
   </si>
   <si>
     <t>592</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/592/req_030_2024.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/592/req_030_2024.pdf</t>
   </si>
   <si>
     <t>Solicitação da recuperação da estrada que liga a comunidade Baixa do Eufrásio a comunidade Jacobina, na zona rural de Luís Correia-PI.</t>
   </si>
   <si>
     <t>593</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/593/req_031_2024.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/593/req_031_2024.pdf</t>
   </si>
   <si>
     <t>Solicitação ao poder executivo municipal a construção de uma quadra esportiva no Povoado Curral Velho Zona Rural de Luís Correia-PI.</t>
   </si>
   <si>
     <t>598</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>Katia Silva</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/598/req_032_2024.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/598/req_032_2024.pdf</t>
   </si>
   <si>
     <t>Requisitar do órgão competente, a limpeza, bem como o recolhimento do lixo no entorno do Shopping Amarração.</t>
   </si>
   <si>
     <t>605</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/605/req_033_2024.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/605/req_033_2024.pdf</t>
   </si>
   <si>
     <t>Solicitação ao Poder Executivo Municipal a limpeza do Bairro Beira Mar com a colocação de lixeiras em pontos estratégicos.</t>
   </si>
   <si>
     <t>606</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/606/req_034_2024.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/606/req_034_2024.pdf</t>
   </si>
   <si>
     <t>Melhoria do calçamento da Rua Parnaíba, Bairro Atalaia, Luís Correia-PI.</t>
   </si>
   <si>
     <t>607</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/607/req_035_2024.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/607/req_035_2024.pdf</t>
   </si>
   <si>
     <t>Requer que seja feito um bueiro/passagem molhada na localidade Macacos, região Brejinho, zona rural do município.</t>
   </si>
   <si>
     <t>608</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/608/req_036_2024.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/608/req_036_2024.pdf</t>
   </si>
   <si>
     <t>Requer informações à Prefeitura Municipal, por intermédio do órgão competente a respeito da quantidade de carros-pipas contratados pelo município, bem como informações acerca da documentação desses veículos e identificação dos respectivos motoristas.</t>
   </si>
   <si>
     <t>609</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/609/req_037_2024.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/609/req_037_2024.pdf</t>
   </si>
   <si>
     <t>Requer que seja enviado ofício ao Departamento de Estradas de Rodagem do Piauí (DER-PI), solicitando a instalação de sinalização com tartarugas no trecho de cruzamento da PI 301 em Brejinho de Fátima, nas proximidades do posto de combustível Nossa Senhora de Fátima.</t>
   </si>
   <si>
     <t>602</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/602/req_038_2024.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/602/req_038_2024.pdf</t>
   </si>
   <si>
     <t>Solicita a reforma da Unidade Escolar Antônio Pereira Fontenele na localidade Lagedo Zona Rural de Luís Correia.</t>
   </si>
   <si>
     <t>603</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/603/req_039_2024.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/603/req_039_2024.pdf</t>
   </si>
   <si>
     <t>Requer que seja feito um bueiro/passagem molhada na localidade Lameiro, região Brejinho, zona rural do município.</t>
   </si>
   <si>
     <t>604</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/604/req_040_2024.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/604/req_040_2024.pdf</t>
   </si>
   <si>
     <t>Solicita a reforma da Unidade Santa Terezinha na localidade Baixa do Carpino, Zona Rural De Luís Correia.</t>
   </si>
   <si>
     <t>555</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Artrannho O Homem do Chapéu, Lucas Mirialdo, Raul Rodrigues, Valdemir</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/555/pl_001_2024.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/555/pl_001_2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o salário base de servidores ocupantes de cargos de provimento efetivo e sobre a remuneração dos ocupantes de cargos de provimento em comissão na estrutura organizacional e administrativa da Câmara Municipal de Luís Correia e dá outras providências.</t>
   </si>
   <si>
     <t>571</t>
   </si>
   <si>
     <t>Maria das Dores Fontenele Brito</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/571/pl_002__2024.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/571/pl_002__2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a adequação da remuneração dos servidores da rede municipal da cidade de Luís Correia-PI, para o ano de 2024, e dá outras providências.</t>
   </si>
   <si>
     <t>572</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/572/pl_003_2024.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/572/pl_003_2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre atualização do subsídio dos Vereadores da Câmara Municipal de Luís Correia – PI, no exercício de 2024 e dá outras providências.</t>
   </si>
   <si>
     <t>573</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/573/pl_004__2024.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/573/pl_004__2024.pdf</t>
   </si>
   <si>
     <t>Prorroga o prazo de adesão ao Programa de Benefício Fiscal – REFIS instituído pela Lei nº 1091/2023, de 21 de novembro de 2023, no município de Luís Correia – PI e dá outras providências.</t>
   </si>
   <si>
     <t>582</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/582/pl_005_2024.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/582/pl_005_2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a nomeação da Rua Lourival Rodrigues dos Santos localizado no povoado Camurupim zona rural de Luís Correia.</t>
   </si>
   <si>
     <t>575</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/575/pl_006_2024.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/575/pl_006_2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração dos vencimentos dos profissionais do magistério público municipal de Luís Correia – PI e dá outras providências.</t>
   </si>
   <si>
     <t>583</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/583/pl_007_2024.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/583/pl_007_2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a isenção da contribuição de iluminação pública em Luís Correia para os contribuintes denominados agricultores familiares e os inscritos no CadÚnico com renda mensal de até um salário mínimo.</t>
   </si>
   <si>
     <t>574</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/574/pl_008_2024.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/574/pl_008_2024.pdf</t>
   </si>
   <si>
     <t>568</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/568/pl_011_2024.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/568/pl_011_2024.pdf</t>
   </si>
   <si>
     <t>Estabelece prioridade no atendimento em estabelecimentos públicos e privados do município de Luís Correia às pessoas com Transtorno do Espectro Autista – TEA.</t>
   </si>
   <si>
     <t>567</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/567/pl_012_2024.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/567/pl_012_2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a disponibilidade de vagas de estacionamento preferenciais com a indicação do símbolo mundial de conscientização do Transtorno do Espectro Autista – TEA, nas placas indicativas nos estabelecimentos públicos e privados de Luís Correia.</t>
   </si>
   <si>
     <t>581</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/581/pl_013_2024.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/581/pl_013_2024.pdf</t>
   </si>
   <si>
     <t>Altera a redação do inciso I do art. 2° da Lei Municipal nº. 977/2019 para incluir novo plano de equacionamento do déficit atuarial.</t>
   </si>
   <si>
     <t>584</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/584/pl_014_2024.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/584/pl_014_2024.pdf</t>
   </si>
   <si>
     <t>Institui no Município de Luís Correia o Programa de Atenção à Saúde da Mulher no Climatério e na Menopausa.</t>
   </si>
   <si>
     <t>587</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/587/pl_015_2024.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/587/pl_015_2024.pdf</t>
   </si>
   <si>
     <t>Institui política municipal no controle de natalidade de cães com esterilização dos animais em situação de rua no município de Luís Correia e de tutores que não tenham condições financeiras, como função de saúde pública e método oficial de controle ético populacional e zoonoses.</t>
   </si>
   <si>
     <t>580</t>
   </si>
   <si>
     <t>Lucas Mirialdo, Raul Rodrigues, Valdemir</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/580/pl_016_2024.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/580/pl_016_2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Revisão Geral Anual na remuneração dos servidores efetivos e comissionados da Câmara Municipal de Luís Correia, Estado do Piauí, relativo às perdas inflacionárias de 2023, nos termos do art. 37, X, da Constituição Federal, do art. 63, inciso XVI, da Constituição Estadual, observando os limites estabelecidos para gasto com pessoal pela Lei de Responsabilidade Fiscal.</t>
   </si>
   <si>
     <t>588</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/588/pl_017_2024_ldo.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/588/pl_017_2024_ldo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para a elaboração e execução da Lei Orçamentária Anual do Município de Luís Correia - PI para o exercício de 2025 e dá outras providências.</t>
   </si>
   <si>
     <t>585</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/585/pl_018_2024.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/585/pl_018_2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre nomeação da quadra de esporte da comunidade Lagoa do Camelo, município de Luís Correia - PI, com o nome do cidadão luiscorreiense Antônio Marcos Pinho da Silva (Arena Marquinhos).</t>
   </si>
   <si>
     <t>570</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/570/pl_019_2024.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/570/pl_019_2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o chefe do poder executivo municipal abrir crédito adicional especial para atender a Lei 14.399/2022 - Lei Aldir Blanc II de fomento a cultura, e dá outras providências.</t>
   </si>
   <si>
     <t>586</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/586/pl_020_2024.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/586/pl_020_2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a fixação de Subsídio dos Agentes Políticos do Poder Executivo e Legislativo Municipal Luís Correia – PI para a Legislatura 2025/2028 e concede 13º Salário aos Agentes Políticos do Executivo e Legislativo Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>595</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/595/pl_021_2024.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/595/pl_021_2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação da Praça localizada no Bairro Beira Mar e dá outras providências.</t>
   </si>
   <si>
     <t>599</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/599/pl_022_2024.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/599/pl_022_2024.pdf</t>
   </si>
   <si>
     <t>Reconhece a pesca artesanal como Patrimônio Cultural Imaterial de Luís Correia.</t>
   </si>
   <si>
     <t>596</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/596/loa_2025_completa.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/596/loa_2025_completa.pdf</t>
   </si>
   <si>
     <t>Estima a Receita e Fixa a Despesa do Orçamento do Município de Luís Correia, para o Exercício Financeiro de 2025.</t>
   </si>
   <si>
     <t>597</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/597/lei_revisao_ppa_2025_completo.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/597/lei_revisao_ppa_2025_completo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Revisão do Exercício de 2025 do Plano Plurianual 2022-2025, instituido pela Lei Municipal nº. 1023, de 28 de dezembro de 2021.</t>
   </si>
   <si>
     <t>600</t>
   </si>
   <si>
     <t>Pedro do Leite</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/600/pl_025_2024.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/600/pl_025_2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação do complexo esportivo localizado no Povoado Poço Verde, zona rural de Luís Correia-PI.</t>
   </si>
   <si>
     <t>601</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/601/pl_026_2024.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/601/pl_026_2024.pdf</t>
   </si>
   <si>
     <t>Reconhece de Utilidade Pública a Associação Esportiva, “LUIZ CORREIA SPORT CLUB” e dá outras providências.</t>
   </si>
   <si>
     <t>589</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/589/pr_001_2024.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/589/pr_001_2024.pdf</t>
   </si>
   <si>
     <t>Regulamenta a Lei Federal nº 14.133, de 01 de abril de 2021, que dispõe sobre Licitações e Contratos Administrativos, no âmbito do Poder Legislativo do município Luís Correia e dá outras providências.</t>
   </si>
   <si>
     <t>594</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/</t>
   </si>
   <si>
     <t>decreto</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1131,68 +1131,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/547/req_001_2024.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/548/req_002_2024.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/549/req_003_2024.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/550/req_004_2024.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/551/req_005_2024.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/552/req_006_2024.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/553/req_007_2024.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/554/req_008_2024.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/556/req_009_2024.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/557/req_010_2024.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/558/req_011_2024.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/559/req_012_2024.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/560/req_016_2024.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/561/req_017_2024.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/562/req_018_2024.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/563/req_019_2024.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/564/req_020_2024.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/565/req_021_2024.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/566/req_022_2024.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/569/req_023_2024.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/576/req_024_2024.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/577/req_025_2024.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/578/req_026_2024.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/579/req_027_2024.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/590/req_028_2024.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/591/req_029_2024.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/592/req_030_2024.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/593/req_031_2024.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/598/req_032_2024.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/605/req_033_2024.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/606/req_034_2024.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/607/req_035_2024.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/608/req_036_2024.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/609/req_037_2024.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/602/req_038_2024.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/603/req_039_2024.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/604/req_040_2024.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/555/pl_001_2024.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/571/pl_002__2024.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/572/pl_003_2024.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/573/pl_004__2024.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/582/pl_005_2024.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/575/pl_006_2024.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/583/pl_007_2024.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/574/pl_008_2024.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/568/pl_011_2024.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/567/pl_012_2024.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/581/pl_013_2024.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/584/pl_014_2024.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/587/pl_015_2024.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/580/pl_016_2024.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/588/pl_017_2024_ldo.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/585/pl_018_2024.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/570/pl_019_2024.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/586/pl_020_2024.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/595/pl_021_2024.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/599/pl_022_2024.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/596/loa_2025_completa.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/597/lei_revisao_ppa_2025_completo.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/600/pl_025_2024.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/601/pl_026_2024.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/589/pr_001_2024.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/547/req_001_2024.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/548/req_002_2024.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/549/req_003_2024.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/550/req_004_2024.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/551/req_005_2024.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/552/req_006_2024.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/553/req_007_2024.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/554/req_008_2024.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/556/req_009_2024.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/557/req_010_2024.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/558/req_011_2024.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/559/req_012_2024.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/560/req_016_2024.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/561/req_017_2024.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/562/req_018_2024.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/563/req_019_2024.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/564/req_020_2024.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/565/req_021_2024.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/566/req_022_2024.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/569/req_023_2024.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/576/req_024_2024.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/577/req_025_2024.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/578/req_026_2024.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/579/req_027_2024.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/590/req_028_2024.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/591/req_029_2024.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/592/req_030_2024.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/593/req_031_2024.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/598/req_032_2024.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/605/req_033_2024.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/606/req_034_2024.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/607/req_035_2024.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/608/req_036_2024.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/609/req_037_2024.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/602/req_038_2024.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/603/req_039_2024.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/604/req_040_2024.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/555/pl_001_2024.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/571/pl_002__2024.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/572/pl_003_2024.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/573/pl_004__2024.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/582/pl_005_2024.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/575/pl_006_2024.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/583/pl_007_2024.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/574/pl_008_2024.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/568/pl_011_2024.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/567/pl_012_2024.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/581/pl_013_2024.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/584/pl_014_2024.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/587/pl_015_2024.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/580/pl_016_2024.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/588/pl_017_2024_ldo.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/585/pl_018_2024.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/570/pl_019_2024.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/586/pl_020_2024.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/595/pl_021_2024.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/599/pl_022_2024.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/596/loa_2025_completa.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/597/lei_revisao_ppa_2025_completo.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/600/pl_025_2024.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/601/pl_026_2024.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2024/589/pr_001_2024.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H64"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="68.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="104.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="103.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>