--- v0 (2025-10-22)
+++ v1 (2026-03-14)
@@ -54,1989 +54,1989 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Novo Virgulino</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/378/req_001_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/378/req_001_2023.pdf</t>
   </si>
   <si>
     <t>Requerimento solicitando a criação de uma casa de apoio na Capital do Estado, com uma boa localização para atender as pessoas que recorrem a tratamento de saúde.</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Junior Carapeba</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/379/req_002_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/379/req_002_2023.pdf</t>
   </si>
   <si>
     <t>Recuperação das ruas do povoado Carapebas, pois as mesmas estão em situação ruins para se trafegar.</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/380/req_003_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/380/req_003_2023.pdf</t>
   </si>
   <si>
     <t>Recuperação da estrada vicinal que dá acesso aos povoados Ribeira I e Ribeira II localizado na zona rural da cidade de Luís Correia - PI.</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/381/req_004_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/381/req_004_2023.pdf</t>
   </si>
   <si>
     <t>Recuperação do calçamento da Rua Parnaíba, no Bairro Atalaia nesta cidade.</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/382/req_005_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/382/req_005_2023.pdf</t>
   </si>
   <si>
     <t>Construção de uma Praça com Academia de Ginástica ao ar livre, em frente à Escola Municipal São Sebastião na Comunidade Carapebas.</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/383/req_006_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/383/req_006_2023.pdf</t>
   </si>
   <si>
     <t>Recuperação dos calçamentos da Rua Raimundo Targino no Bairro Rancho Alegre e Rua São Francisco no Bairro Alto Bonito, as citadas ruas, dão acesso ao Posto de Saúde do Bairro Alto Bonito, pois as mesmas estão em situações ruins para se trafegar.</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/384/req_007_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/384/req_007_2023.pdf</t>
   </si>
   <si>
     <t>Construção de uma Praça com Academia de Ginástica ao ar livre no povoado Baixa do Carpino, zona rural do município de Luís Correia.</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/385/req_008_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/385/req_008_2023.pdf</t>
   </si>
   <si>
     <t>Construção de uma Praça com Academia de Ginástica ao ar livre no povoado Baixa do Eufrásio, zona rural do município de Luís Correia.</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/386/req_009_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/386/req_009_2023.pdf</t>
   </si>
   <si>
     <t>Construção de uma Academia de Ginástica ao ar livre na Comunidade Brandão, zona rural do município de Luís Correia.</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/387/req_010_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/387/req_010_2023.pdf</t>
   </si>
   <si>
     <t>Construção de uma Praça com Academia de Ginástica ao ar livre no povoado Córrego dos Barretos, zona rural do município de Luís Correia.</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/388/req_011_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/388/req_011_2023.pdf</t>
   </si>
   <si>
     <t>Construção de uma Praça com Academia de Ginástica ao ar livre no povoado Córrego dos Valérios, zona rural do município de Luís Correia.</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/389/req_012_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/389/req_012_2023.pdf</t>
   </si>
   <si>
     <t>Construção de uma Praça com Academia de Ginástica ao ar livre na Comunidade Lagoa do Barro, zona rural do município de Luís Correia.</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/393/req_013_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/393/req_013_2023.pdf</t>
   </si>
   <si>
     <t>Requerimento objetivando a Construção de uma Praça com Academia de Ginástica ao ar livre no povoado Ribeira, zona rural do município de Luís Correia.</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/394/req_014_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/394/req_014_2023.pdf</t>
   </si>
   <si>
     <t>Requerimento objetivando a Construção de uma Praça com Academia de Ginástica ao ar livre no povoado Santa Rosa, Região Brejinho, zona rural do município de Luís Correia.</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/395/req_015_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/395/req_015_2023.pdf</t>
   </si>
   <si>
     <t>Requeiro à Vossa Excelência o licenciamento do mandato de vereador ao qual fui empossado por esta Câmara Legislativa nos termos do inciso II, art. 15 do Regimento Interno da Câmara Municipal de Luís Correia, para atuar junto ao executivo municipal como Secretário Municipal.</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/396/req_016_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/396/req_016_2023.pdf</t>
   </si>
   <si>
     <t>Requerimento objetivando a reforma da parada de ônibus em frente ao comércio “Depósito O Amaral”, na avenida senador Joaquim Pires, no município de Luís Correia.</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>Daniel Cabrinha</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/397/req_017_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/397/req_017_2023.pdf</t>
   </si>
   <si>
     <t>Requerimento informações sobre o REURB, se tem empresa responsável pelos cadastro informa nome e contrato e razão Social, a definida da área e ser feito o REURB, numero da matricula Mãe Registrada no Cartório, se já foi realizado informar nome das famílias beneficiadas.</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>SILVINHA PEREIRA</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/398/req_018_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/398/req_018_2023.pdf</t>
   </si>
   <si>
     <t>Requerimento solicitando junto ao Setor competente da Prefeitura Municipal dessa cidade, que seja disponibilizado para cada unidade básica de saúde de todo município e também para os vereadores dessa casa, a lista atualizada de medicações básicas fornecidas através da secretária municipal de saúde.</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>Katia Silva</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/399/req_019_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/399/req_019_2023.pdf</t>
   </si>
   <si>
     <t>Requerer do órgão competente o Plenário da Câmara Municipal para realizar uma sessão solene em homenagem ao Dia Internacional da Mulher.</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/400/req_020_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/400/req_020_2023.pdf</t>
   </si>
   <si>
     <t>Requerer que seja enviado expediente a Sra. Maria das Dores Fontenele Brito, Prefeita Municipal de Luís Correia, com a finalidade de que seja realizado a construção de um bueiro/passagem molhada na localidade Macacos, região Brejinho, zona rural do município.</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/401/req_021_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/401/req_021_2023.pdf</t>
   </si>
   <si>
     <t>Requer que seja encaminhado ofício para o Departamento de Estradas de Rodagem(DER-PI) , solicitando do mesmo que seja feita a limpeza e roçagem do acostamento da PI 301 nos trechos que ligam o município de Cocal a BR 402.</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/402/req_022_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/402/req_022_2023.pdf</t>
   </si>
   <si>
     <t>Requer que seja realizado a perfuração de um poço artesiano na comunidade Baixa Funda, região de Jacobina, zona rural do município.</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/403/req_023_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/403/req_023_2023.pdf</t>
   </si>
   <si>
     <t>Reforma do chafariz da localidade Baixa do Jardim, zona rural do município.</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/404/req_024_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/404/req_024_2023.pdf</t>
   </si>
   <si>
     <t>Requerer que seja encaminhada a Excelentíssima Senhora Prefeita, com cópia ao Secretário Municipal de Obras e Infraestrutura, o presente requerimento, objetivando a construção de uma quadra poliesportiva no povoado Mexeriqueira, zona rural do município de Luís Correia.</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/405/req_025_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/405/req_025_2023.pdf</t>
   </si>
   <si>
     <t>Requerer que seja encaminhada a Excelentíssima Senhora Prefeita, com cópia ao Secretário Municipal de Obras e Infraestrutura, o presente requerimento, objetivando a construção de uma Academia de Ginástica ao ar livre no povoado Campestre, zona rural do município de Luís Correia.</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/406/req_026_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/406/req_026_2023.pdf</t>
   </si>
   <si>
     <t>Requerer que seja encaminhada a Excelentíssima Senhora Prefeita, com cópia ao Secretário Municipal de Obras e Infraestrutura, o presente requerimento, objetivando a recuperação da estrada da Maniçoba, no povoado Carapebas, zona rural do município de Luís Correia.</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/407/req_027_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/407/req_027_2023.pdf</t>
   </si>
   <si>
     <t>Requerer que seja encaminhada a Excelentíssima Senhora Prefeita, com cópia ao Secretário Municipal de Obras e Infraestrutura, o presente requerimento, objetivando a construção de uma Academia de Ginástica ao ar livre no povoado Poço Dantas, zona rural do município de Luís Correia.</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/408/req_028_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/408/req_028_2023.pdf</t>
   </si>
   <si>
     <t>Recuperação da estrada que dá acesso à comunidade Fernando, região Brejinho.</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/409/req_029_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/409/req_029_2023.pdf</t>
   </si>
   <si>
     <t>Requerendo-lhe as seguintes informações, que dizem respeito ao novo valor do Piso Salarial Profissional Nacional para os Profissionais do Magistério Público da Educação Básica, e o reajuste municipal destes profissionais da Educação Básica de Luís Correia.</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/410/req_030_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/410/req_030_2023.pdf</t>
   </si>
   <si>
     <t>Solicitando os valores dos repasses referente a COSIP, taxa de iluminação publica cobrado pela EQUATORIAL e repassado ao município de Luís Correia, creditado em conta dos meses de janeiro a dezembro de 2021 e janeiro a dezembro de 2022.</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/411/req_031_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/411/req_031_2023.pdf</t>
   </si>
   <si>
     <t>Requerer seja enviado oficio a Sua Excelência Prefeita Maria das Dores Fontenele Brito, solicitando a ampliação urgente do Cemitério do Povoado Carnaubal.</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/412/req_032_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/412/req_032_2023.pdf</t>
   </si>
   <si>
     <t>Requerer do órgão competente a limpeza, capina de ruas bem como a construção de galerias para o escoamento das águas da chuva.</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/413/req_033_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/413/req_033_2023.pdf</t>
   </si>
   <si>
     <t>Requerer do órgão competente a presença do Secretario de Educação para explicar sobre o piso salarial dos professores.</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/418/req_034_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/418/req_034_2023.pdf</t>
   </si>
   <si>
     <t>Requerer do órgão competente uma Audiência Pública para homenagear às mulheres em alusão ao Dia Internacional da Mulher.</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/435/req_035_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/435/req_035_2023.pdf</t>
   </si>
   <si>
     <t>Solicitando-lhe providências do departamento competente, visando encaminhar as seguintes informações a esta Casa de Leis.</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>Zé Nelson</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/452/req_036_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/452/req_036_2023.pdf</t>
   </si>
   <si>
     <t>Requerimento objetivando a perfuração de um poço artesiano na Comunidade Baixa do Carpino, zona rural do município.</t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>Lucas Mirialdo</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/436/req_037_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/436/req_037_2023.pdf</t>
   </si>
   <si>
     <t>Solicitando a recuperação da estrada que liga as comunidades: Bezerro Morto, São Benedito, Curral Velho, Salgada, Jabuti e Boa Esperança.</t>
   </si>
   <si>
     <t>437</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/437/req_038_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/437/req_038_2023.pdf</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>Wilton Veras</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/438/req_039_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/438/req_039_2023.pdf</t>
   </si>
   <si>
     <t>Requer o encaminhamento de pedido de informações à Excelentíssima Senhora Prefeita Municipal, sobre as medidas que estão sendo tomadas para resolver os problemas de alagamentos em ruas do Município de Luís Correia.</t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/439/req_040_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/439/req_040_2023.pdf</t>
   </si>
   <si>
     <t>Requer a construção de bueiro no bairro Cearazinho.</t>
   </si>
   <si>
     <t>440</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/440/req_041_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/440/req_041_2023.pdf</t>
   </si>
   <si>
     <t>Requer a pavimentação poliédrica da rua 1º de abril no bairro Beira Mar.</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/453/req_042_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/453/req_042_2023.pdf</t>
   </si>
   <si>
     <t>Instalação de placas indicativas e de sinalização de trânsito, nas proximidades da Escola Municipal Rita Miranda Brito localizada no povoado Brejinho de São Francisco, Zona Rural, Luís Correia-Pl.</t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>Raul Rodrigues</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/441/req_043_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/441/req_043_2023.pdf</t>
   </si>
   <si>
     <t>Requeiro à Mesa Diretora, na forma regimental, após aprovação do plenário, que a Câmara Municipal de Luís Correia, publique e encaminhe, moção de apoio à prefeita Maninha Fontenele, pelas ofensas misóginas, sofridas nos últimos dias por meio das redes sociais.</t>
   </si>
   <si>
     <t>442</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/442/req_044_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/442/req_044_2023.pdf</t>
   </si>
   <si>
     <t>Requerer seja enviado oficio a Sua Excelência Prefeita Maria das Dores Fontenele Brito, solicitando a raspagem da estrada do Povoado Córrego dos Barretos até o Povoado Camurupim.</t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/443/req_045_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/443/req_045_2023.pdf</t>
   </si>
   <si>
     <t>Requeremos à Presidência, ouvido o E. Plenário, nos termos regimentais, seja desarquivada a seguinte propositura.</t>
   </si>
   <si>
     <t>444</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/444/req_046_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/444/req_046_2023.pdf</t>
   </si>
   <si>
     <t>Recuperação da estrada que liga o povoado Baixa do Carpina, passando pela localidade Novo Oriente até a Baixa do Eufrásio, sendo necessário em alguns pontos desses trechos a instalação de pelo menos dois bueiros.</t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/445/req_047_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/445/req_047_2023.pdf</t>
   </si>
   <si>
     <t>Requer informações da Mesa Diretora da Câmara Municipal e dá outras providencias.</t>
   </si>
   <si>
     <t>446</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/446/req_048_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/446/req_048_2023.pdf</t>
   </si>
   <si>
     <t>Requer a reabertura da farmácia Básica do Hospital Municipal e dá outras providencias.</t>
   </si>
   <si>
     <t>447</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/447/req_049_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/447/req_049_2023.pdf</t>
   </si>
   <si>
     <t>Requerer seja enviado oficio a Sua Excelência Prefeita Maria das Dores Fontenele Brito, a recuperação com implantação de piçarras na estrada da Baixa do Rocha.</t>
   </si>
   <si>
     <t>448</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/448/req_050_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/448/req_050_2023.pdf</t>
   </si>
   <si>
     <t>Solicitando o serviço de atendimento de fisioterapia nas UBSs do povoado Brejinho e Camurupim, para que possa atender nessas unidades assim como nos domicílios desses povoados.</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/449/req_051_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/449/req_051_2023.pdf</t>
   </si>
   <si>
     <t>Requer ao Secretário Municipal de Educação, Mateus Amaral, a contratação de Vigilantes nas Escolas e Creches municipais de Luis Correia.</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/450/req_052_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/450/req_052_2023.pdf</t>
   </si>
   <si>
     <t>Solicitando a contratação de profissionais de odontologia para atender a zona rural do município.</t>
   </si>
   <si>
     <t>454</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/454/req_053_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/454/req_053_2023.pdf</t>
   </si>
   <si>
     <t>Recuperação da estrada rural que dá o acesso a localidade denominada Estremas e Macacos.</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/451/req_054_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/451/req_054_2023.pdf</t>
   </si>
   <si>
     <t>Requer que seja encaminhada uma cópia desse requerimento a excelentíssima Sra. Prefeita Maria das Dores Fontenele Brito, solicitando junto ao Setor competente da Prefeitura Municipal dessa cidade, que atualize o Piso Salarial dos Professores da Rede Municipal de Ensino, fazendo cumprir o novo percentual fixado pelo Governo Federal, para o ano de 2023 que é de 14.95%.</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/419/req_055_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/419/req_055_2023.pdf</t>
   </si>
   <si>
     <t>Requerer do órgão competente a manutenção da bomba do chafariz do Povoado Salgado.</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/420/req_056_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/420/req_056_2023.pdf</t>
   </si>
   <si>
     <t>Requerer do órgão competente a recuperação das estradas na Zona Rural do Município de Luís Correia.</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/421/req_057_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/421/req_057_2023.pdf</t>
   </si>
   <si>
     <t>Solicitando a reforma do chafariz do povoado Emparedado, zona rural do município.</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/422/req_058_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/422/req_058_2023.pdf</t>
   </si>
   <si>
     <t>Solicitar a imediata promulgação do Projeto de Lei de número 024/2022, que foi considerado tacitamente sancionado pela Prefeita Municipal e não foi promulgado pelo presidente da Câmara.</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/423/req_059_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/423/req_059_2023.pdf</t>
   </si>
   <si>
     <t>Solicitação da recuperação da estrada vicinal que liga os povoados de Lagoa dos Porcos e Emparedado.</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/424/req_060_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/424/req_060_2023.pdf</t>
   </si>
   <si>
     <t>Solicitando a recuperação da Rua por trás do posto de gasolina do Povoado Camurupim, onde se encontrasse totalmente intrafegável.</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/425/req_061_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/425/req_061_2023.pdf</t>
   </si>
   <si>
     <t>Solicitando a planilha de execução de serviço e notas ficas e localidades onde foram aplicados os recursos da COSIP TAXA DE ILUMINAÇÃO PUBLICA dos anos de 2021 e 2022. Conforme o RESUMO FATURAMENTO E ARRECADAÇÃO COSIP 2021-2022- MUNICIPIO DE LUIS CORREIA em anexo.</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/426/req_062_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/426/req_062_2023.pdf</t>
   </si>
   <si>
     <t>Solicitando a reposição da bomba de água da caixa d'água que fica localizado próximo ao Sivaldo Melo.</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/427/req_063_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/427/req_063_2023.pdf</t>
   </si>
   <si>
     <t>Requerer seja enviado oficio a Sua Excelência Deputado Estadual Dr. Felipe Sampaio, com telefone 3133-3156/ 3133-3157. Solicitando Junto ao Secretario da Segurança Publica, Francisco Lucas Costa Veloso, a implantação do Posto de IDENTIFICAÇÃO no Município de Luis Correia.</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/428/req_064_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/428/req_064_2023.pdf</t>
   </si>
   <si>
     <t>Seja providenciado em caráter de urgência o serviço do carro “fumacê” nas ruas e praças dos bairros de luís correia com a finalidade de combater o mosquito Aedes aegypti, responsável pela transmissão de doenças como: dengue, zika e chikungunya.</t>
   </si>
   <si>
     <t>455</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/455/req_065_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/455/req_065_2023.pdf</t>
   </si>
   <si>
     <t>Recuperação da ponte do povoado Ingarana.</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/429/req_066_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/429/req_066_2023.pdf</t>
   </si>
   <si>
     <t>Requer serviço de carpina e limpeza da rua José Ferreira Veras no bairro Cearazinho.</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/430/req_067_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/430/req_067_2023.pdf</t>
   </si>
   <si>
     <t>Requer a reforma da quadra de esporte da Unidade Escolar José Maria de Lima no Bairro Cearazinho.</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/431/req_068_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/431/req_068_2023.pdf</t>
   </si>
   <si>
     <t>Solicitando que seja realizado a limpeza do chafariz localizado no povoado Salgado, zona rural de Luís Correia.</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/432/req_069_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/432/req_069_2023.pdf</t>
   </si>
   <si>
     <t>Solicitando ao setor competente que seja enumeradas as residências, pontos comercias, estabelecimentos agrícolas (cocheiras, aquicultura), prédios Públicos e Religiosos, das localidades Macapá, Carnaubal, Sobradinho, Mexiriqueira, Carapebas e Camurupim.</t>
   </si>
   <si>
     <t>457</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/457/req_070_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/457/req_070_2023.pdf</t>
   </si>
   <si>
     <t>Requer Audiência Pública sobre a situação do lixão de Luís Correia.</t>
   </si>
   <si>
     <t>458</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/458/req_071_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/458/req_071_2023.pdf</t>
   </si>
   <si>
     <t>Requer reforma da Escola Municipal Rita Galeno no povoado Jabuti I.</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/459/req_072_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/459/req_072_2023.pdf</t>
   </si>
   <si>
     <t>Requer que seja realizado urgentemente a reforma da Unidade Básica de Saúde da comunidade Baixa do Carpina, zona rural de Luís Correia.</t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/460/req_073_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/460/req_073_2023.pdf</t>
   </si>
   <si>
     <t>Indica ao Poder Executivo Municipal para que encaminhe a esta Casa de Leis, Projeto de Lei que disponha sobre reajuste do piso nacional salarial dos profissionais da saúde, especialmente de enfermeira (o) e auxiliares e técnicos de enfermagem.</t>
   </si>
   <si>
     <t>461</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/461/req_074_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/461/req_074_2023.pdf</t>
   </si>
   <si>
     <t>Requer que seja realizado com urgência a reforma do chafariz da comunidade Rufo, zona rural de Luís Correia(PI).</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/462/req_075_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/462/req_075_2023.pdf</t>
   </si>
   <si>
     <t>Requer do órgão competente a recuperação da Avenida Piauí no trecho do Posto Brisa Mar até o IAPEP.</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/466/req_076_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/466/req_076_2023.pdf</t>
   </si>
   <si>
     <t>Requer informações quanto ao alugueis de veículos por parte do Município.</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/467/req_077_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/467/req_077_2023.pdf</t>
   </si>
   <si>
     <t>Requer limpeza da Avenida José Antônio Lima Pereira.</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/468/req_078_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/468/req_078_2023.pdf</t>
   </si>
   <si>
     <t>Requer da Secretaria de Obras e Serviços Urbanos aterro para o campo de futebol do bairro Cearazinho.</t>
   </si>
   <si>
     <t>469</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/469/req_079_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/469/req_079_2023.pdf</t>
   </si>
   <si>
     <t>Solicita a imediata promulgação do Projeto de Lei de número 024/2022, que foi considerado tacitamente sancionado pela Prefeita Municipal e não foi promulgado pelo presidente da Câmara.</t>
   </si>
   <si>
     <t>483</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/483/req_080_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/483/req_080_2023.pdf</t>
   </si>
   <si>
     <t>Solicitar encarecidamente a realização de uma reforma completa na escola municipal Raimundo Domingos de Souza na comunidade Lagoa das Pedras, zona rural de Luís Correia (PI).</t>
   </si>
   <si>
     <t>492</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/492/req_081_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/492/req_081_2023.pdf</t>
   </si>
   <si>
     <t>Solicita a reforma da Praça do bairro Beira Mar, com instalação de parquinho e academia ao ar livre para pratica de atividades físicas.</t>
   </si>
   <si>
     <t>493</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/493/req_082_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/493/req_082_2023.pdf</t>
   </si>
   <si>
     <t>Recuperação das estradas vicinais das seguintes localidades da zona rural do município de Luís Correia: Jardim Santana, Santa Rosa, Santa Rita, Lagoa dos Porcos, Extremas, Salgado e Lameiro.</t>
   </si>
   <si>
     <t>494</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/494/req_083_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/494/req_083_2023.pdf</t>
   </si>
   <si>
     <t>Requer que seja disponibilizado um serviço de pronto atendimento efetivo através de caminhão pipa, pelo menos 10 caminhões para atender a demanda com a devida identificação, cedido pelo poder municipal, para abastecimento de água potável para os munícipes que residem na zona rural do município de Luís Correia-PI.</t>
   </si>
   <si>
     <t>495</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/495/req_084_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/495/req_084_2023.pdf</t>
   </si>
   <si>
     <t>Solicitando informações sobre as linhas de transporte escolar no município de Luís Correia(PI).</t>
   </si>
   <si>
     <t>503</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/503/req_085_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/503/req_085_2023.pdf</t>
   </si>
   <si>
     <t>Solicitando inclusão de faixa de pedestre na Avenida Professor Antônio de Pádua, entre a Praça Luiz Correia e o Prédio da Secretaria de Desenvolvimento Social.</t>
   </si>
   <si>
     <t>504</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/504/req_086_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/504/req_086_2023.pdf</t>
   </si>
   <si>
     <t>Requer informações do processo de escolha dos Candidatos a Conselheiro Tutelar de Luís Correia.</t>
   </si>
   <si>
     <t>506</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/506/req_087_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/506/req_087_2023.pdf</t>
   </si>
   <si>
     <t>Recuperação do calcamento e iluminação da Rua Marina Pereira, no bairro Cearazinho, Luís Correia – PI.</t>
   </si>
   <si>
     <t>507</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/507/req_088_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/507/req_088_2023.pdf</t>
   </si>
   <si>
     <t>Requer o encaminhamento de pedido de informações a Senhora Secretaria da Saúde sobre as irregularidades encontras no SAMU 192 - Serviço de Atendimento Móvel de Urgência do Município de Luís Correia.</t>
   </si>
   <si>
     <t>508</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/508/req_089_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/508/req_089_2023.pdf</t>
   </si>
   <si>
     <t>Solicitando que seja realizado com urgência a reforma do chafariz da comunidade Emparedado, zona rural de Luís Correia (PI).</t>
   </si>
   <si>
     <t>520</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/520/req_090_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/520/req_090_2023.pdf</t>
   </si>
   <si>
     <t>521</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/521/req_091_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/521/req_091_2023.pdf</t>
   </si>
   <si>
     <t>Requer correção e manutenção da rede elétrica do Centro Educacional Dr. Fontes Ibiapina.</t>
   </si>
   <si>
     <t>522</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/522/req_092_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/522/req_092_2023.pdf</t>
   </si>
   <si>
     <t>Requer que seja encaminhado ao Poder Executivo Municipal à construção de um chafariz na comunidade Baixa das Pedras, zona rural de Luís Correia, tendo em vista que o chafariz anterior desabou em 2021 e até o momento não foram tomadas providências para a sua reconstrução.</t>
   </si>
   <si>
     <t>530</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/530/req_093_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/530/req_093_2023.pdf</t>
   </si>
   <si>
     <t>Realizado a perfuração de um poço artesiano na comunidade Novo Oriente, zona rural do município.</t>
   </si>
   <si>
     <t>531</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/531/req_094_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/531/req_094_2023.pdf</t>
   </si>
   <si>
     <t>Solicitar encarecidamente a construção de uma base para instalação de caixa d’agua na comunidade Jacobina, zona rural de Luís Correia (PI).</t>
   </si>
   <si>
     <t>532</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/532/req_095_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/532/req_095_2023.pdf</t>
   </si>
   <si>
     <t>Requer informações a Prefeitura Municipal, por intermédio do órgão competente, a respeito da quantidade de carros-pipas contratados pelo município, bem como informações acerca da documentação desses veículos e identificação dos respectivos motoristas.</t>
   </si>
   <si>
     <t>533</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
     <t>Daniel Cabrinha, Katia Silva, Novo Virgulino, SILVINHA PEREIRA, Wilton Veras</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/533/req_096_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/533/req_096_2023.pdf</t>
   </si>
   <si>
     <t>Solicita a presença nesta casa Legislativa em sessão ordinária a Senhora Freurilene Maria Maia Torres, gerente de previdência LC-PREV. Motivo de esclarecimento em relação aos débitos previdenciários do Município de Luís Correia com LC-PREV</t>
   </si>
   <si>
     <t>534</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/534/req_097_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/534/req_097_2023.pdf</t>
   </si>
   <si>
     <t>Solicitando o conserto da bomba do poço do Povoado Camurupim localizado na PI estadual 116, sentido Carapebas ao Camurupim.</t>
   </si>
   <si>
     <t>535</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/535/req_098_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/535/req_098_2023.pdf</t>
   </si>
   <si>
     <t>Solicitando a instalação de redutores de velocidade bem como a correta sinalização em locais estratégicos da PI 301 em Luís Correia, desde a localidade São Domingos a divisa com o município de Cocal da Estagio.</t>
   </si>
   <si>
     <t>536</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/536/req_099_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/536/req_099_2023.pdf</t>
   </si>
   <si>
     <t>Solicita que seja instalado um Centro de Referência de Assistência Social (CRAS) no povoado Brejinho, zona rural de Luís Correia (PI).</t>
   </si>
   <si>
     <t>537</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/537/req_100_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/537/req_100_2023.pdf</t>
   </si>
   <si>
     <t>Solicitação da recuperação da estrada vicinal que liga os povoados Baixa do Eufrásio ao povoado Campestre, zona rural de Luís Correia.</t>
   </si>
   <si>
     <t>541</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/541/req_101_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/541/req_101_2023.pdf</t>
   </si>
   <si>
     <t>Requer que seja enviado para esta casa o Projeto de Lei que trata do Piso Salarial dos Dentistas e Auxiliares no Município de Luís Correia.</t>
   </si>
   <si>
     <t>542</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/542/req_102_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/542/req_102_2023.pdf</t>
   </si>
   <si>
     <t>Requer realização de Audiência Pública a ser realizada no dia 23 de novembro de 2023 às 9 horas com o tema: “Racismo Institucional”.</t>
   </si>
   <si>
     <t>543</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/543/req_103_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/543/req_103_2023.pdf</t>
   </si>
   <si>
     <t>Requer junto ao órgão competente a instalação do letreiro “Amo Brejinho” na praça do povoado Brejinho de São Francisco.</t>
   </si>
   <si>
     <t>544</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/544/req_104_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/544/req_104_2023.pdf</t>
   </si>
   <si>
     <t>Requer junto ao órgão competente a construção de uma Praça Pública no povoado Lagedo, município de Luís Correia.</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Maria das Dores Fontenele Brito</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/374/pl_001_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/374/pl_001_2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a adequação da remuneração dos servidores da rede municipal da cidade de Luís Correia-PI, para o ano de 2023, e dá outras providências.</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/375/pl_002_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/375/pl_002_2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a nomeação da Unidade Básica de Saúde localizada no bairro Alto Bonito denominada Francisco Ferreira de Souza.</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
     <t>Valdemir</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/376/pl_003_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/376/pl_003_2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre atualização do subsídio dos Vereadores da Câmara Municipal de Luís Correia – PI, no exercício de 2023 e dá outras providências.</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/377/pl_004_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/377/pl_004_2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o salário base de servidores ocupantes de cargos de provimento efetivo e sobre a remuneração dos ocupantes de cargos de provimento em comissão na estrutura organizacional e administrativa da Câmara Municipal de Luís Correia e dá outras providências.</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/391/pl_005_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/391/pl_005_2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o reajuste dos benefícios pagos pelo Fundo Previdenciário do Município de Luís Correia/PI que possuem direito ao reajuste na mesma data e índices aplicados ao RGPS e dá outras providências.</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/390/pl_006_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/390/pl_006_2023.pdf</t>
   </si>
   <si>
     <t>Acrescenta dispositivo ao art. 1º da Lei Municipal nº 1.053, de 22 de dezembro de 2022, e dá outras providências.</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/392/pl_007_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/392/pl_007_2023.pdf</t>
   </si>
   <si>
     <t>Institui e regulamenta a Taxa de Licenciamento Ambiental do Município de Luís Correia, e dá outras providências.</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/417/pl_008_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/417/pl_008_2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de logradouro público no município de Luís Correia – PI e dá outras providências.</t>
   </si>
   <si>
     <t>470</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/470/pl_009_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/470/pl_009_2023.pdf</t>
   </si>
   <si>
     <t>Institui o Título Mulher de Destaque, e dá outras providências.</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/465/pl_010_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/465/pl_010_2023.pdf</t>
   </si>
   <si>
     <t>Institui o Selo "Pacto pela Mulher" para reconhecimento dos esforços de empresas, instituições e organizações que promovem a política pró-equidade entre homens e mulheres e de inclusão de mulheres vítimas de violência em postos de trabalho e dá outras providências.</t>
   </si>
   <si>
     <t>474</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/474/pl_011_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/474/pl_011_2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a proibição de conteúdo de áudio, visual, escrito e obras ou manifestações artísticas que contenham ou façam apologia a pornografia ou conteúdo erótico, violência contra a mulher e ao tráfico de drogas na rede municipal de ensino e dá outras providências.</t>
   </si>
   <si>
     <t>481</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/481/pl_012_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/481/pl_012_2023.pdf</t>
   </si>
   <si>
     <t>Institui e regulamento os cargos de chefe de gabinete parlamentar, com provimento em comissão, destinados às atribuições de direção, chefia e assessoramento no âmbito dos gabinetes dos Vereadores, Vereadoras da Câmara Municipal de Luís Correia - PI.</t>
   </si>
   <si>
     <t>471</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/471/pl_013_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/471/pl_013_2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o reajuste anual do salário base de servidores ocupantes de cargos de provimento efetivo e sobre a remuneração dos ocupantes de cargos de provimento em comissão na estrutura organizacional e administrativa da Câmara Municipal de Luís Correia e dá outras providências.</t>
   </si>
   <si>
     <t>477</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/477/pl_014_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/477/pl_014_2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre os direitos dos estudantes universitários e profissionalizantes ao transporte escolar intermunicipal e dá outras providências.</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/414/pl_015_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/414/pl_015_2023.pdf</t>
   </si>
   <si>
     <t>Dá nome à rua que nunca teve referência anterior, criada recentemente, situada na cidade de Luís Correia, Estado do Piauí, denominada Tartaruga-Verde.</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/415/pl_016_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/415/pl_016_2023.pdf</t>
   </si>
   <si>
     <t>Dá nome à rua que nunca teve referência anterior, criada recentemente, situada na cidade de Luís Correia, Estado do Piauí, denominada Tartaruga de Oliva.</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/416/pl_017_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/416/pl_017_2023.pdf</t>
   </si>
   <si>
     <t>Dá nome à rua sem nome da cidade de Luís Correia, Piauí, como Tartaruga de Couro, em referência e homenagem às tartarugas marinhas que desovam no litoral da cidade.</t>
   </si>
   <si>
     <t>478</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/478/pl_018_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/478/pl_018_2023.pdf</t>
   </si>
   <si>
     <t>Dá nome à rua sem nome da cidade de Luís Correia, Piauí, como Tartaruga de Pente, em referência e homenagem às tartarugas marinhas que desovam no litoral da cidade.</t>
   </si>
   <si>
     <t>475</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/475/pl_019_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/475/pl_019_2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a nomeação da Rua Zé Cazuza, localizado no povoado Camurupim zona rural de Luis Correia.</t>
   </si>
   <si>
     <t>476</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/476/pl_020_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/476/pl_020_2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a nomeação da Rua Zé Cabrinha, localizado no povoado Camurupim zona rural de Luís Correia.</t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/456/pl_021_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/456/pl_021_2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes Orçamentárias para o Exercício Financeiro de 2024 e dá outras providências.</t>
   </si>
   <si>
     <t>479</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/479/pl_022_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/479/pl_022_2023.pdf</t>
   </si>
   <si>
     <t>Declara de utilidade pública o Sindicato dos Pescadores e Pescadoras Artesanais de Luís Correia-PI.</t>
   </si>
   <si>
     <t>480</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/480/pl_023_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/480/pl_023_2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a nomeação da Rua Raimundinho Cabrinha, localizado no povoado Camurupim zona rural de Luis Correia.</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/433/pl_024_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/433/pl_024_2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração dos vencimentos dos profissionais do magistério público municipal de Luís Correia – PI e dá outras providências.</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/434/pl_025_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/434/pl_025_2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a regulamentação dos percentuais a serem aplicados na progressão do pessoal do magistério disposta no capítulo II da lei do Plano de Carreira e remuneração dos profissionais da educação básica municipal de Luís Correia – PI e dá outras providências.</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/463/pl_026_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/463/pl_026_2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a nomeação da Rua Carmino José de Souza, localizado no povoado Camurupim zona rural de Luís Correia.</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
     <t>Artrannho O Homem do Chapéu</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/464/pl_027_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/464/pl_027_2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a nomeação da Rua Raimundinho Cabrinha, localizado no povoado Camurupim zona rural de Luís Correia.</t>
   </si>
   <si>
     <t>472</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/472/pl_028_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/472/pl_028_2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a nomeação da quadra poliesportiva localizada na Unidade Escolar Rita Miranda denominada Quadra Gerardo Fontenele Brito.</t>
   </si>
   <si>
     <t>473</t>
   </si>
   <si>
     <t>Fanfico Celso</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/473/pl_029_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/473/pl_029_2023.pdf</t>
   </si>
   <si>
     <t>Institui no âmbito municipal a “Campanha Dezembro Verde”, contra o abandono de animais, reconhece a importância pública dos protetores de animais e dá outras providências.</t>
   </si>
   <si>
     <t>482</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/482/pl_030_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/482/pl_030_2023.pdf</t>
   </si>
   <si>
     <t>Institui o Programa Parlamento Jovem no âmbito do Legislativo de Luís Correia, Estado do Piauí e dá outras providências.</t>
   </si>
   <si>
     <t>484</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/484/pl_031_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/484/pl_031_2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a declaração do conjunto da obra lítero-cultural do escritor Adrião Neto como patrimônio literário, cultural e imaterial do município de Luís Correia, PI e dá outras providências.</t>
   </si>
   <si>
     <t>517</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/517/pl_032_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/517/pl_032_2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a efetuar a aplicação e o pagamento do repasse dos recursos da assistência financeira complementar da União, aos servidores e contratualizados/conveniados, destinado ao pagamento dos Enfermeiros, Técnicos de Enfermagem e Auxiliares de Enfermagem, nos termos da Lei Federal 14.434/2022, conforme Portaria Ministerial n°1.135/2023.</t>
   </si>
   <si>
     <t>519</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/519/pl_033_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/519/pl_033_2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização ao Poder Executivo para Abertura de Crédito Adicional Especial no valor de R$ 272.985,70 no orçamento programa de 2023 e dá outras providências.</t>
   </si>
   <si>
     <t>518</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/518/pl_034_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/518/pl_034_2023.pdf</t>
   </si>
   <si>
     <t>Altera o art. 1º da Lei Municipal nº 986, de 2 de março de 2020, e dá outras providências.</t>
   </si>
   <si>
     <t>523</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/523/pl_035_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/523/pl_035_2023.pdf</t>
   </si>
   <si>
     <t>Denomina de Rua Nilson Soares do Nascimento o logradouro público localizado no Bairro Beira Mar.</t>
   </si>
   <si>
     <t>524</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/524/pl_036_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/524/pl_036_2023.pdf</t>
   </si>
   <si>
     <t>Denomina de Rua Nizete Soares de Araújo o logradouro público localizado no Bairro Beira Mar</t>
   </si>
   <si>
     <t>525</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/525/pl_037_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/525/pl_037_2023.pdf</t>
   </si>
   <si>
     <t>Estima a Receita e Fixa a Despesa do Orçamento do Município de Luís Correia, para o Exercício Financeiro de 2024.</t>
   </si>
   <si>
     <t>526</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/526/pl_038_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/526/pl_038_2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a nomeação de praça pública neste Município, e dá outras providências.</t>
   </si>
   <si>
     <t>529</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/529/pl_039_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/529/pl_039_2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a nomeação de quadra poliesportiva neste Município, e dá outras providências.</t>
   </si>
   <si>
     <t>528</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/528/pl_040_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/528/pl_040_2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre desafetação de imóvel (rua) do patrimônio municipal, e dá outras providências.</t>
   </si>
   <si>
     <t>527</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/527/pl_041_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/527/pl_041_2023.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 737/2013, que autoriza o poder executivo municipal a reconhecer e firmar Acordo de Parcelamento de Dívida para com o Fundo de Previdência do Município de Luís Correia – Piauí, e dá outras providências.</t>
   </si>
   <si>
     <t>538</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/538/pl_042_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/538/pl_042_2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão do exercício de 2024 do Plano Plurianual 2022-2025, instituído pela Lei Municipal n°. 1023, de 28 de dezembro de 2021.</t>
   </si>
   <si>
     <t>539</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/539/pl_043_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/539/pl_043_2023.pdf</t>
   </si>
   <si>
     <t>Altera o art. 1º da Lei Municipal nº 867, de 6 de dezembro de 2016, e dá outras providências.</t>
   </si>
   <si>
     <t>540</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/540/pl_044_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/540/pl_044_2023.pdf</t>
   </si>
   <si>
     <t>Institui o Programa de Benefício Fiscal – REFIS, no município de Luís Correia – PI.</t>
   </si>
   <si>
     <t>545</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/545/pl_045_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/545/pl_045_2023.pdf</t>
   </si>
   <si>
     <t>Prorroga o prazo de adesão ao Programa de Benefício Fiscal – REFIS instituído pela Lei nº 1091/2023, de 21 de novembro de 2023, no município de Luís Correia – PI e dá outras providências.</t>
   </si>
   <si>
     <t>546</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/546/pl_046_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/546/pl_046_2023.pdf</t>
   </si>
   <si>
     <t>Revoga parcialmente o plano de equacionamento do déficit atuarial, até elaboração de nova avaliação. Mantém alíquota extraordinária de 2023.</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/487/pr_001_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/487/pr_001_2023.pdf</t>
   </si>
   <si>
     <t>Institui a tribuna livre na Câmara Municipal de Luís Correia-PI, e dá outras providências.</t>
   </si>
   <si>
     <t>488</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/488/pr_002_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/488/pr_002_2023.pdf</t>
   </si>
   <si>
     <t>Atualiza o valor das diárias aos vereadores e servidores da câmara municipal de Luís Correia-PI, altera a resolução nº 05/2009 e dá outras providencias.</t>
   </si>
   <si>
     <t>489</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/489/pdl_001_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/489/pdl_001_2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de título de cidadania luíscorreiense, e dá outras providências.</t>
   </si>
   <si>
     <t>490</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/490/pdl_002_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/490/pdl_002_2023.pdf</t>
   </si>
   <si>
     <t>491</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/491/pdl_003_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/491/pdl_003_2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de título de cidadã Luiscorreiense, e dá outras providências.</t>
   </si>
   <si>
     <t>500</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/500/ind_001_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/500/ind_001_2023.pdf</t>
   </si>
   <si>
     <t>Indico ao Executivo Municipal a Elaboração de Projeto de Lei que Institui a Política Municipal do Controle Populacional de Cães e Gatos e dá outras providências.</t>
   </si>
   <si>
     <t>509</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/509/ind_002_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/509/ind_002_2023.pdf</t>
   </si>
   <si>
     <t>Solicita que se oficie a Senhora Prefeita municipal, para que seja criado dois Projetos de Leis, um que trata de matéria orçamentária e o outro de adequado do Plano de cargo e carreiras com objetivo de possibilitar a implementação do Piso Salarial dos Profissionais de Enfermagem em conformidade com a Lei 14.434.</t>
   </si>
   <si>
     <t>501</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/501/mocao_de_apoio.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/501/mocao_de_apoio.pdf</t>
   </si>
   <si>
     <t>Monção de apoio e solidariedade à prefeita municipal senhora Maria das Dores Fontenele Brito.</t>
   </si>
   <si>
     <t>485</t>
   </si>
   <si>
     <t>PAR</t>
   </si>
   <si>
     <t>Parecer</t>
   </si>
   <si>
     <t>CLJR - Comissão de Legislação, Justiça e Redação Final</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/485/001_parecer_ao_pl_02.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/485/001_parecer_ao_pl_02.pdf</t>
   </si>
   <si>
     <t>Parecer CLRJ ao PL 002 2023</t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/486/002_parecer_ao_pl_06.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/486/002_parecer_ao_pl_06.pdf</t>
   </si>
   <si>
     <t>Parecer CLRJ ao PL 006 2023</t>
   </si>
   <si>
     <t>496</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/496/003_parecer_ao_pl_07.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/496/003_parecer_ao_pl_07.pdf</t>
   </si>
   <si>
     <t>Parecer CLRJ ao PL 007 2023</t>
   </si>
   <si>
     <t>498</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/498/004_parecer_ao_pl_09.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/498/004_parecer_ao_pl_09.pdf</t>
   </si>
   <si>
     <t>Parecer CLRJ ao PL 009 2023</t>
   </si>
   <si>
     <t>499</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/499/005_parecer_ao_pl_10.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/499/005_parecer_ao_pl_10.pdf</t>
   </si>
   <si>
     <t>Parecer CLRJ ao PL 010 2023</t>
   </si>
   <si>
     <t>502</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/502/006_parecer_ao_pl_08.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/502/006_parecer_ao_pl_08.pdf</t>
   </si>
   <si>
     <t>Parecer CLRJ ao PL 008 2023</t>
   </si>
   <si>
     <t>505</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/505/007_parecer_ao_pr_01.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/505/007_parecer_ao_pr_01.pdf</t>
   </si>
   <si>
     <t>Parecer CLRJ ao PR 001 2023</t>
   </si>
   <si>
     <t>510</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/510/008_parecer_ao_pl_11.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/510/008_parecer_ao_pl_11.pdf</t>
   </si>
   <si>
     <t>Parecer CLRJ ao PL 011 2023</t>
   </si>
   <si>
     <t>511</t>
   </si>
   <si>
     <t>CEC - Comissão de Educação, Cultura, Esporte, Lazer, da Seguridade</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/511/009_parecer_ao_pl_11.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/511/009_parecer_ao_pl_11.pdf</t>
   </si>
   <si>
     <t>Parecer CEC ao PL 011 2023</t>
   </si>
   <si>
     <t>512</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/512/010_parecer_ao_pr_02.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/512/010_parecer_ao_pr_02.pdf</t>
   </si>
   <si>
     <t>Parecer CLRJ ao PR 002 2023</t>
   </si>
   <si>
     <t>513</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/513/011_parecer_ao_pl_12.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/513/011_parecer_ao_pl_12.pdf</t>
   </si>
   <si>
     <t>Parecer CLRJ ao PL 012 2023</t>
   </si>
   <si>
     <t>514</t>
   </si>
   <si>
     <t>COF - Comissão de Orçamento, Finanças, Controle e Fiscalização</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/514/012_parecer_ao_pl_12.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/514/012_parecer_ao_pl_12.pdf</t>
   </si>
   <si>
     <t>Parecer COF ao PL 012 2023</t>
   </si>
   <si>
     <t>515</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/515/013_parecer_ao_pl_13.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/515/013_parecer_ao_pl_13.pdf</t>
   </si>
   <si>
     <t>Parecer CLRJ ao PL 013 2023</t>
   </si>
   <si>
     <t>516</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/516/014_parecer_ao_pl_13.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/516/014_parecer_ao_pl_13.pdf</t>
   </si>
   <si>
     <t>Parecer COF ao PL 013 2023</t>
   </si>
   <si>
     <t>497</t>
   </si>
   <si>
     <t>EMD</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/497/emenda_001_2023_aditiva_pl_007_2023.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/497/emenda_001_2023_aditiva_pl_007_2023.pdf</t>
   </si>
   <si>
     <t>Emenda Aditiva nº 001/2023 ao Projeto de Lei nº 007/2023 de 16 de Fevereiro de 2023.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -2343,68 +2343,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/378/req_001_2023.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/379/req_002_2023.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/380/req_003_2023.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/381/req_004_2023.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/382/req_005_2023.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/383/req_006_2023.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/384/req_007_2023.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/385/req_008_2023.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/386/req_009_2023.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/387/req_010_2023.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/388/req_011_2023.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/389/req_012_2023.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/393/req_013_2023.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/394/req_014_2023.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/395/req_015_2023.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/396/req_016_2023.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/397/req_017_2023.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/398/req_018_2023.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/399/req_019_2023.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/400/req_020_2023.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/401/req_021_2023.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/402/req_022_2023.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/403/req_023_2023.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/404/req_024_2023.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/405/req_025_2023.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/406/req_026_2023.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/407/req_027_2023.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/408/req_028_2023.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/409/req_029_2023.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/410/req_030_2023.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/411/req_031_2023.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/412/req_032_2023.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/413/req_033_2023.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/418/req_034_2023.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/435/req_035_2023.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/452/req_036_2023.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/436/req_037_2023.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/437/req_038_2023.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/438/req_039_2023.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/439/req_040_2023.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/440/req_041_2023.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/453/req_042_2023.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/441/req_043_2023.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/442/req_044_2023.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/443/req_045_2023.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/444/req_046_2023.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/445/req_047_2023.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/446/req_048_2023.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/447/req_049_2023.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/448/req_050_2023.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/449/req_051_2023.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/450/req_052_2023.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/454/req_053_2023.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/451/req_054_2023.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/419/req_055_2023.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/420/req_056_2023.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/421/req_057_2023.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/422/req_058_2023.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/423/req_059_2023.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/424/req_060_2023.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/425/req_061_2023.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/426/req_062_2023.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/427/req_063_2023.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/428/req_064_2023.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/455/req_065_2023.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/429/req_066_2023.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/430/req_067_2023.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/431/req_068_2023.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/432/req_069_2023.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/457/req_070_2023.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/458/req_071_2023.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/459/req_072_2023.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/460/req_073_2023.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/461/req_074_2023.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/462/req_075_2023.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/466/req_076_2023.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/467/req_077_2023.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/468/req_078_2023.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/469/req_079_2023.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/483/req_080_2023.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/492/req_081_2023.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/493/req_082_2023.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/494/req_083_2023.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/495/req_084_2023.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/503/req_085_2023.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/504/req_086_2023.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/506/req_087_2023.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/507/req_088_2023.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/508/req_089_2023.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/520/req_090_2023.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/521/req_091_2023.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/522/req_092_2023.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/530/req_093_2023.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/531/req_094_2023.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/532/req_095_2023.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/533/req_096_2023.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/534/req_097_2023.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/535/req_098_2023.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/536/req_099_2023.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/537/req_100_2023.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/541/req_101_2023.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/542/req_102_2023.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/543/req_103_2023.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/544/req_104_2023.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/374/pl_001_2023.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/375/pl_002_2023.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/376/pl_003_2023.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/377/pl_004_2023.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/391/pl_005_2023.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/390/pl_006_2023.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/392/pl_007_2023.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/417/pl_008_2023.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/470/pl_009_2023.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/465/pl_010_2023.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/474/pl_011_2023.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/481/pl_012_2023.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/471/pl_013_2023.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/477/pl_014_2023.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/414/pl_015_2023.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/415/pl_016_2023.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/416/pl_017_2023.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/478/pl_018_2023.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/475/pl_019_2023.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/476/pl_020_2023.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/456/pl_021_2023.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/479/pl_022_2023.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/480/pl_023_2023.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/433/pl_024_2023.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/434/pl_025_2023.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/463/pl_026_2023.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/464/pl_027_2023.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/472/pl_028_2023.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/473/pl_029_2023.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/482/pl_030_2023.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/484/pl_031_2023.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/517/pl_032_2023.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/519/pl_033_2023.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/518/pl_034_2023.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/523/pl_035_2023.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/524/pl_036_2023.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/525/pl_037_2023.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/526/pl_038_2023.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/529/pl_039_2023.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/528/pl_040_2023.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/527/pl_041_2023.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/538/pl_042_2023.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/539/pl_043_2023.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/540/pl_044_2023.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/545/pl_045_2023.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/546/pl_046_2023.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/487/pr_001_2023.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/488/pr_002_2023.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/489/pdl_001_2023.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/490/pdl_002_2023.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/491/pdl_003_2023.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/500/ind_001_2023.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/509/ind_002_2023.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/501/mocao_de_apoio.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/485/001_parecer_ao_pl_02.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/486/002_parecer_ao_pl_06.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/496/003_parecer_ao_pl_07.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/498/004_parecer_ao_pl_09.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/499/005_parecer_ao_pl_10.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/502/006_parecer_ao_pl_08.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/505/007_parecer_ao_pr_01.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/510/008_parecer_ao_pl_11.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/511/009_parecer_ao_pl_11.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/512/010_parecer_ao_pr_02.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/513/011_parecer_ao_pl_12.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/514/012_parecer_ao_pl_12.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/515/013_parecer_ao_pl_13.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/516/014_parecer_ao_pl_13.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/497/emenda_001_2023_aditiva_pl_007_2023.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/378/req_001_2023.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/379/req_002_2023.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/380/req_003_2023.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/381/req_004_2023.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/382/req_005_2023.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/383/req_006_2023.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/384/req_007_2023.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/385/req_008_2023.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/386/req_009_2023.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/387/req_010_2023.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/388/req_011_2023.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/389/req_012_2023.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/393/req_013_2023.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/394/req_014_2023.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/395/req_015_2023.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/396/req_016_2023.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/397/req_017_2023.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/398/req_018_2023.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/399/req_019_2023.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/400/req_020_2023.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/401/req_021_2023.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/402/req_022_2023.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/403/req_023_2023.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/404/req_024_2023.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/405/req_025_2023.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/406/req_026_2023.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/407/req_027_2023.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/408/req_028_2023.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/409/req_029_2023.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/410/req_030_2023.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/411/req_031_2023.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/412/req_032_2023.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/413/req_033_2023.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/418/req_034_2023.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/435/req_035_2023.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/452/req_036_2023.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/436/req_037_2023.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/437/req_038_2023.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/438/req_039_2023.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/439/req_040_2023.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/440/req_041_2023.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/453/req_042_2023.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/441/req_043_2023.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/442/req_044_2023.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/443/req_045_2023.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/444/req_046_2023.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/445/req_047_2023.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/446/req_048_2023.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/447/req_049_2023.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/448/req_050_2023.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/449/req_051_2023.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/450/req_052_2023.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/454/req_053_2023.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/451/req_054_2023.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/419/req_055_2023.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/420/req_056_2023.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/421/req_057_2023.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/422/req_058_2023.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/423/req_059_2023.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/424/req_060_2023.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/425/req_061_2023.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/426/req_062_2023.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/427/req_063_2023.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/428/req_064_2023.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/455/req_065_2023.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/429/req_066_2023.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/430/req_067_2023.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/431/req_068_2023.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/432/req_069_2023.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/457/req_070_2023.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/458/req_071_2023.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/459/req_072_2023.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/460/req_073_2023.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/461/req_074_2023.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/462/req_075_2023.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/466/req_076_2023.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/467/req_077_2023.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/468/req_078_2023.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/469/req_079_2023.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/483/req_080_2023.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/492/req_081_2023.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/493/req_082_2023.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/494/req_083_2023.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/495/req_084_2023.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/503/req_085_2023.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/504/req_086_2023.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/506/req_087_2023.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/507/req_088_2023.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/508/req_089_2023.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/520/req_090_2023.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/521/req_091_2023.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/522/req_092_2023.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/530/req_093_2023.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/531/req_094_2023.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/532/req_095_2023.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/533/req_096_2023.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/534/req_097_2023.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/535/req_098_2023.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/536/req_099_2023.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/537/req_100_2023.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/541/req_101_2023.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/542/req_102_2023.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/543/req_103_2023.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/544/req_104_2023.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/374/pl_001_2023.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/375/pl_002_2023.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/376/pl_003_2023.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/377/pl_004_2023.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/391/pl_005_2023.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/390/pl_006_2023.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/392/pl_007_2023.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/417/pl_008_2023.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/470/pl_009_2023.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/465/pl_010_2023.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/474/pl_011_2023.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/481/pl_012_2023.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/471/pl_013_2023.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/477/pl_014_2023.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/414/pl_015_2023.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/415/pl_016_2023.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/416/pl_017_2023.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/478/pl_018_2023.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/475/pl_019_2023.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/476/pl_020_2023.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/456/pl_021_2023.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/479/pl_022_2023.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/480/pl_023_2023.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/433/pl_024_2023.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/434/pl_025_2023.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/463/pl_026_2023.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/464/pl_027_2023.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/472/pl_028_2023.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/473/pl_029_2023.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/482/pl_030_2023.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/484/pl_031_2023.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/517/pl_032_2023.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/519/pl_033_2023.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/518/pl_034_2023.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/523/pl_035_2023.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/524/pl_036_2023.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/525/pl_037_2023.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/526/pl_038_2023.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/529/pl_039_2023.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/528/pl_040_2023.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/527/pl_041_2023.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/538/pl_042_2023.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/539/pl_043_2023.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/540/pl_044_2023.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/545/pl_045_2023.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/546/pl_046_2023.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/487/pr_001_2023.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/488/pr_002_2023.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/489/pdl_001_2023.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/490/pdl_002_2023.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/491/pdl_003_2023.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/500/ind_001_2023.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/509/ind_002_2023.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/501/mocao_de_apoio.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/485/001_parecer_ao_pl_02.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/486/002_parecer_ao_pl_06.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/496/003_parecer_ao_pl_07.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/498/004_parecer_ao_pl_09.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/499/005_parecer_ao_pl_10.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/502/006_parecer_ao_pl_08.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/505/007_parecer_ao_pr_01.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/510/008_parecer_ao_pl_11.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/511/009_parecer_ao_pl_11.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/512/010_parecer_ao_pr_02.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/513/011_parecer_ao_pl_12.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/514/012_parecer_ao_pl_12.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/515/013_parecer_ao_pl_13.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/516/014_parecer_ao_pl_13.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2023/497/emenda_001_2023_aditiva_pl_007_2023.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H174"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="68.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="111.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="110.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>