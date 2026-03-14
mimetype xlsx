--- v0 (2025-10-22)
+++ v1 (2026-03-14)
@@ -54,1581 +54,1581 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Wilton Veras</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/234/req_001_2022.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/234/req_001_2022.pdf</t>
   </si>
   <si>
     <t>Requer o envio gabinete deste vereador copias do contrato da reforma da sede do Poder Legislativo, bem como planilha orçamentaria e de execução.</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/235/req_002_2022.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/235/req_002_2022.pdf</t>
   </si>
   <si>
     <t>Requer da Vossa Excelência que se oficie a Senhora Prefeita Municipal, com cópia a Secretaria de Turismo, Esporte, Cultura e Juventude, solicitando que seja realizada a limpeza no Campo de Esportes do Bairro Cearazinho.</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/236/req_003_2022.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/236/req_003_2022.pdf</t>
   </si>
   <si>
     <t>Requer da Vossa Excelência que se oficie a Senhora Prefeita Municipal, com cópia a Secretaria de Turismo, Esporte, Cultura e Juventude, solicitando que seja implantado no Campo de Esportes do Bairro Cearazinho, Traves de Futebol Profissional.</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Novo Virgulino</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/237/req_004_2022.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/237/req_004_2022.pdf</t>
   </si>
   <si>
     <t>Requer que seja oficiado a Exma. Senhora Prefeita Municipal, Maria das Dores Fontenele Brito, com cópia ao Secretário de Educação Mateus Cardoso do Amaral, que seja disponibilizado 1 (um) transporte escolar para locomoção dos alunos da região Brejinho, zona rural de Luís Correia (PI) para CEEP Rural Deputado Ribeiro Magalhães na cidade de Cocal da Estação (PI).</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Daniel Cabrinha</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/238/req_005_2022.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/238/req_005_2022.pdf</t>
   </si>
   <si>
     <t>Requer que seja encaminhado a Prefeita Municipal Maria das Dores Fontenele Brito, solicitando no sentido de enviar a esta Casa Legislativa Projeto de Lei concedendo majoração de salarial com piso variável da categoria e a criação de diárias para todos os motoristas.</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>Katia Silva</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/239/req_006_2022.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/239/req_006_2022.pdf</t>
   </si>
   <si>
     <t>Requerer do órgão competente a reforma da Unidade Escolar Padre Vieira no Povoado Vidal.</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/242/req_007_2022.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/242/req_007_2022.pdf</t>
   </si>
   <si>
     <t>Requer a Presidência da Câmara Municipal copias das diárias pagas no ano de 2021 e dá outras providências.</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/243/req_008_2022.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/243/req_008_2022.pdf</t>
   </si>
   <si>
     <t>Requer que seja encaminhado ao Senhor Agenor Bernardo de Souza Filho, Superintendente Estadual da Empresa Brasileira dos Correios e Telégrafos - ECT do Piauí, à gerência em Luís Correia, com cópia a Exma. Senhora Maria das Dores Fontenele Brito, Prefeita Municipal, requerendo a instalação de um posto dos Correios no povoado Brejinho, município de Luís Correia (PI).</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Fanfico Celso</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/244/req_009_2022.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/244/req_009_2022.pdf</t>
   </si>
   <si>
     <t>Requerer que este Requerimento seja votado e encaminhado para o setor competente da Prefeitura de Luís Correia-PI, solicitando que seja oficiada a EQUATORIAL PIAUÍ DISTRIBUIDORA DE ENERGIA S.A. CNPJ n° 06.840.748/0001 89, para promover a instalação de um transformador de energia no bairro Rancho Alegre.</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/245/req_010_2022.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/245/req_010_2022.pdf</t>
   </si>
   <si>
     <t>Requerer que este Requerimento seja votado e encaminhado para o setor competente da Prefeitura de Luís Correia-PI, solicitando que seja oficiada a AGUAS E ESGOTOS DO PIAUÍ S.A. (AGESPISA) CNPJ n° 06.845.747/0001-27, para promover o reforço na tubulação de água no bairro Rancho Alegre.</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/249/req_011_2022.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/249/req_011_2022.pdf</t>
   </si>
   <si>
     <t>Requerer do Órgão Competente a Reforma da Unidade Básica de Saúde do Bairro Beira Mar.</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Valdemir</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/250/req_012_2022.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/250/req_012_2022.pdf</t>
   </si>
   <si>
     <t>Indica a confecção e instalação de 01 (um) busto do saudoso Comendador Joaquim Rodrigues da Costa, o busto do homenageado com placa indicativa e biografia, a ser fixado no espaço em frente do prédio da prefeitura municipal de Luís Correia.</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/251/req_013_2022.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/251/req_013_2022.pdf</t>
   </si>
   <si>
     <t>Requer a confecção e instalação de 01 (um) busto em homenagem ao saudoso Firmino Teixeira do Amaral, e uma colocação de uma placa de identificação com a biografia do homenageado.</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/252/req_014_2022.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/252/req_014_2022.pdf</t>
   </si>
   <si>
     <t>Solicitando a melhoria da Rua Projetada 47, no Bairro Beira Mar, com colocação de manilhas para escoamento da água.</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/253/req_015_2022.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/253/req_015_2022.pdf</t>
   </si>
   <si>
     <t>Requer que seja enviado um ofício ao Centro Nacional de Monitoramento e Alerta de Desastres (CEMADEN), com endereço Estrada Doutor Altino Bondersan, 500- Distrito de Eugênio de Melo, São José dos Campos/SP. Solicitando a instalação de uma base de monitoramento uma na Cidade de Luís Correia, uma no Povoado Camurupim e uma no Povoado Brejinho.</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/254/req_016_2022.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/254/req_016_2022.pdf</t>
   </si>
   <si>
     <t>Requere do órgão competente, a substituição urgente de um poste de iluminação em frente ao poliesportivo Raimundinho Cabrinha, no povoado Camurupim.</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/255/req_017_2022.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/255/req_017_2022.pdf</t>
   </si>
   <si>
     <t>Requere que seja enviado o ofício a secretaria de Saúde do Município de Luís Correia, Marcela Teles Furtado, solicitando o atendimento odontológico e de fisioterapia no posto de saúde da localidade Camurupim.</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/262/req_018_2022.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/262/req_018_2022.pdf</t>
   </si>
   <si>
     <t>Requere ao Chefe do Poder Executivo Municipal, junto ao órgão competente a construção de um bueiro no acesso à Unidade Escolar Raimundo Miranda Brito, no povoado Pinto, região Brejinho.</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/263/req_019_2022.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/263/req_019_2022.pdf</t>
   </si>
   <si>
     <t>Requere de Vossa Excelência, que se oficie a Senhora Prefeita Municipal, com cópia a Secretaria de Saúde, solicitando que seja colocada uma ambulância 24h na UBS do Povoado Camurupim para atender a população.</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/264/req_020_2022.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/264/req_020_2022.pdf</t>
   </si>
   <si>
     <t>Requer que oficie a Senhora Prefeita Municipal, com cópia a Secretaria de Obras e Serviços Urbanos, solicitando que seja realizada a implantação de um quebra molas na Rua Crispim de Freitas no Bairro Alto Bonito nas proximidades do Mercantil do Renato.</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/265/req_021_2022.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/265/req_021_2022.pdf</t>
   </si>
   <si>
     <t>Requere que se oficie a Senhora Prefeita Municipal, com cópia a Secretaria de Turismo, Esporte, Cultura e Juventude, solicitando que seja construído uma quadra coberta na escola Jose Maria de Lima no Bairro Cearazinho para atender os jovens e os desportistas do Bairro.</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/266/req_022_2022.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/266/req_022_2022.pdf</t>
   </si>
   <si>
     <t>Requere do órgão competente a implantação de placas nas praças no município de Luís Correia-PI.</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/267/req_023_2022.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/267/req_023_2022.pdf</t>
   </si>
   <si>
     <t>Requere do órgão competente uma audiência pública para tratar do piso salarial dos professores no munícipio de Luís Correia.</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/268/req_024_2022.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/268/req_024_2022.pdf</t>
   </si>
   <si>
     <t>Requere que se oficie a Senhora Prefeita Municipal, com cópia a Secretaria de Obras e Serviços Urbanos, solicitando sua intervenção junto ao setor responsável, para que sejam tomadas as devidas providências para implantação de uma galeria de drenagem pluvial na Rua Alpineia Rosa no Bairro Beira-Mar.</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/269/req_025_2022.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/269/req_025_2022.pdf</t>
   </si>
   <si>
     <t>Requere que se oficie a Senhora Prefeita Municipal, com cópia a Secretaria de Obras e Serviços Urbanos, solicitando sua intervenção junto ao setor responsável, para que sejam tomadas as devidas providências para o nivelamento e colocação de aterro na Rua Projetada 114 no Bairro Cearazinho.</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/270/req_026_2022.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/270/req_026_2022.pdf</t>
   </si>
   <si>
     <t>Requere que se oficie a Senhora Prefeita Municipal, com cópia a Secretaria de Obras e Serviços Urbanos, solicitando sua intervenção junto ao setor responsável, para que sejam tomadas as devidas providências para implantação de rede de iluminação pública no Cemitério do Povoado Jabuti.</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/277/req_027_2022.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/277/req_027_2022.pdf</t>
   </si>
   <si>
     <t>Requer junto com o órgão competente para que seja viabilizado a construção de um anexo de Unidade Básica de Saúde na comunidade Baixa da Pedra, zona rural de Luís Correia (PI).</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/283/req_028_2022.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/283/req_028_2022.pdf</t>
   </si>
   <si>
     <t>Requer a implantação de um Bueiro para escoamento de água na Av. José Antônio Lima Pereira no Bairro Cearazinho nas proximidades da Escola Antônio Osvaldo.</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/284/req_029_2022.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/284/req_029_2022.pdf</t>
   </si>
   <si>
     <t>Requerer o envio de oficio ao Secretário Estadual de Saúde Sr. Antônio Neres Machado Júnior, solicitando o envio do Carro Fumacê no município de Luís Correia, em ação de combate ao mosquito aegypti e a infestação de pernilongos.</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/285/req_030_2022.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/285/req_030_2022.pdf</t>
   </si>
   <si>
     <t>Requer de Vossa Excelência, que se oficie a Senhora Prefeita Municipal, com cópia a Secretaria de Obras e Serviços Urbanos, solicitando que sejam tomadas as devidas providências para a recuperação de toda extensão da Av. Beira Rio localizada no Bairro Beira Mar.</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/286/req_031_2022.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/286/req_031_2022.pdf</t>
   </si>
   <si>
     <t>Requer que seja enviado o oficio a Senhora Prefeita Municipal de Luís Correia, Maria das Dores Fontenele Brito, sua intervenção junto ao Governo do Estado, que tome providencias urgente no prédio onde funcionou a escola Pedro II, no povoado Camurupim.</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/287/req_032_2022.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/287/req_032_2022.pdf</t>
   </si>
   <si>
     <t>Requer que seja enviado o oficio a secretaria de Saúde do Município de Luis Correia, Marcela Teles Furtado, solicitando novamente a ajuda de custo dos Agentes de Combate a Endemias. Já que a mesma não foi mais fornecida aos Agentes. E a distribuição de larvicidas e inseticidas, que se encontra em falta para o controle de prevenção.</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/288/req_033_2022.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/288/req_033_2022.pdf</t>
   </si>
   <si>
     <t>Requer do órgão competente, a Secretaria Municipal de Obras, seja realizado uma visita técnica com engenheiros com urgência na ponte que da acesso, Povoado Lagoa do Barro.</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/289/req_034_2022.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/289/req_034_2022.pdf</t>
   </si>
   <si>
     <t>Requer que seja enviado uma correspondência, ao Conselho de Regional de Engenharia e Agronomia (CREA), com endereço R. Padre Raimundo José Viêira, 298 - Nossa Sra. de Fátima, Parnaíba - PI, 64202-340, seja realizado uma visita técnica com engenheiros com urgência na ponte que da acesso o Povoado Lagoa do Barro, zona rural de Luís Correia - PI, com as coordenadas geográficas 24-222756.38 E, 9666389.50S.</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/290/req_035_2022.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/290/req_035_2022.pdf</t>
   </si>
   <si>
     <t>Requer que seja enviado o oficio a Senhora Prefeita Municipal de Luis Correia, Maria das Dores Fontenele Brito, solicitando a construção de uma guarita com banheiro, e uma parte superior com no mínimo 3(três ) metros de altura com visão de 360º no espaço turístico Arvore Penteada.</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/291/req_036_2022.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/291/req_036_2022.pdf</t>
   </si>
   <si>
     <t>Requer que seja enviado uma correspondência, a Delegacia Regional do Trabalho do Estado Piauí, com endereço Rua Monsenhor Joaquim Lopes 485, Bairro: Nossa Senhora Carmo, CEP: 64200-908, Parnaíba PI, seja realizado uma visita técnica, ao Ponto Turístico Arvore Penteada, localizada na Estrada sentido Carnaubinha, zona rural de Luis Correia. Onde trabalhão vigias e não tem local adequado para banheiro, espaço coberto e segura pessoal.</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>Raul Rodrigues</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/292/req_037_2022.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/292/req_037_2022.pdf</t>
   </si>
   <si>
     <t>Requer a mobilização dos grupos culturais do município para preparação em virtude da realização do São João da Amarração.</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/293/req_038_2022.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/293/req_038_2022.pdf</t>
   </si>
   <si>
     <t>Requer a realização de audiência pública para tratar das políticas públicas para as pessoas autistas do município de Luís Correia.</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/294/req_039_2022.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/294/req_039_2022.pdf</t>
   </si>
   <si>
     <t>Requerer a vossa excelência que se digne remeter o presente a Exma. Sra Prefeita Municipal, Maria das Dores Fontenele Brito solicitando que seja reativado a Academia de Saúde do povoado Camurupim.</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/295/req_040_2022.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/295/req_040_2022.pdf</t>
   </si>
   <si>
     <t>Requer que por meio deste ofício seja enviado ao Senhor Felipe de Melo Eulálio, Diretor Geral do Departamento de Estrada e Rodagens (DER), a implantação de 02(dois) quebra molas na PI 301, km 41 Localidade IMPUEIRA região do Grande Brejinho.</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/296/req_041_2022.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/296/req_041_2022.pdf</t>
   </si>
   <si>
     <t>Requerer copias dos protocolos enviados aos órgão públicos.</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/297/req_042_2022.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/297/req_042_2022.pdf</t>
   </si>
   <si>
     <t>Requer que seja enviado uma correspondência, ao promotor de justiça de Luís Correia, Dr. Galeno Aristóteles Coelho de Sá, foi publicado em um portal de Teresina 180graus no dia 25/04/2022 matéria urbanização da área do porto de Luís Correia são acrescidos e chegam a 6,7 milhões. Solicitamos de Vossa Senhoria junto ao governo do estado informações das planilhas de gastos desta obra.</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/299/req_043_2022.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/299/req_043_2022.pdf</t>
   </si>
   <si>
     <t>Solicita o serviço de atendimento de fisioterapia nas UBSs do povoado Brejinho, para que possa atender nessas unidades assim como nos domicílios de pacientes impossibilitados de se deslocarem até as unidades de saúde.</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/300/req_044_2022.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/300/req_044_2022.pdf</t>
   </si>
   <si>
     <t>Solicita a contratação de profissionais de odontologia para atender a zona rural do município.</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/301/req_045_2022.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/301/req_045_2022.pdf</t>
   </si>
   <si>
     <t>Requer que seja oferecido à população aulas de zumba gratuitas nas principais praças do município de Luís Correia (PI).</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/302/req_046_2022.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/302/req_046_2022.pdf</t>
   </si>
   <si>
     <t>Requerer que seja enviado o oficio a secretaria de Saúde do Município de Luis Correia, Marcela Teles Furtado, solicitando informações sobre os procedimentos em atendimento de Ambulância ou carros de passeio.</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/303/req_047_2022.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/303/req_047_2022.pdf</t>
   </si>
   <si>
     <t>Requer que este Requerimento seja votado e encaminhado para o setor competente da Prefeitura de Luís Correia-PI, solicitando que seja reformada a Praça José Ivo dos Santos, localizada no centro da comunidade Camurupim-PI, interior de Luís Correia.</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/305/req_048_2022.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/305/req_048_2022.pdf</t>
   </si>
   <si>
     <t>Requer que seja enviado expediente à prefeita municipal, senhora Maria das dores Fontenele Brito, solicitando a construção de uma creche no Bairro Residencial Brisa Mar, Luís Correia-Piauí.</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/306/req_049_2022.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/306/req_049_2022.pdf</t>
   </si>
   <si>
     <t>Requer a Mesa Diretora e ouvido o soberano Plenário, que seja enviado expediente a prefeita municipal, senhora Maria das Dores Fontenele Brito, solicitando a construções de paradas de ônibus.</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
     <t>SILVINHA PEREIRA</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/307/req_050_2022.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/307/req_050_2022.pdf</t>
   </si>
   <si>
     <t>Objetivando a construção de uma (01) Quadra de Futsal junto a uma (01) Praça com Aparelhos de Ginastica, no Bairro Cearazinho.</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>Junior Carapeba</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/325/req_051_2022.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/325/req_051_2022.pdf</t>
   </si>
   <si>
     <t>Requer que seja enviado ofício ao Instituto de Desenvolvimento do Piauí (IDEPI), solicitando que os povoados abaixo relacionados sejam beneficiados pelo abastecimento de água da Adutora do Litoral, na zona rural do município de Luís Correia, Estado do Piauí.</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/326/req_052_2022.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/326/req_052_2022.pdf</t>
   </si>
   <si>
     <t>Requer que seja enviado expediente a Sra. Maria das Dores Fontenele Brito, Prefeita Municipal de Luís Correia, com a finalidade de que seja realizado a perfuração de um poço artesanal na comunidade Lagoa dos Porcos, zona rural do município.</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/327/req_053_2022.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/327/req_053_2022.pdf</t>
   </si>
   <si>
     <t>Requerer de Vossa Excelência, que se oficie a Senhora Prefeita Municipal, com cópia a Secretaria de Obras e Serviços Urbanos, solicitando sua intervenção junto ao setor responsável, para que sejam tomadas as devidas providências para recuperação do chafariz do Povoado Curral Velho.</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/328/req_054_2022.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/328/req_054_2022.pdf</t>
   </si>
   <si>
     <t>Requerer do órgão competente o Uso da Tribuna ao Presidente da Associação dos Moradores do Bairro Alto Bonito.</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/343/req_055_2022.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/343/req_055_2022.pdf</t>
   </si>
   <si>
     <t>Requer que seja enviado expediente a Sra. Maria das Dores Fontenele Brito, Prefeita Municipal de Luís Correia e a Senhora Marcela Furtado, secretária de Saúde, com a finalidade de que sejam feitos uma verificação em todos os postos de saúde do município objetivando quanto à necessidade de aquisição por parte da Secretária de Saúde de cadeiras de rodas nas unidades de saúde.</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/344/req_057_2022.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/344/req_057_2022.pdf</t>
   </si>
   <si>
     <t>Requer que seja enviado o oficio a Prefeita Municipal Maria das Dores Fontenele Brito, seja enviado o cronograma de execução das emendas IMPOSITIVAS aprovadas no ano de 2021.</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
     <t>Artrannho O Homem do Chapéu</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/349/req_058_2022.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/349/req_058_2022.pdf</t>
   </si>
   <si>
     <t>Requerer que seja encaminhada a Excelentíssima Senhora Prefeita, o presente requerimento solicitando estudo financeiro e uma avaliação técnica com objetivo de reformar a quadra esportiva do povoado Lagoa do Camelo.</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/353/req_059_2022.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/353/req_059_2022.pdf</t>
   </si>
   <si>
     <t>Revitalização da praça do conjunto habitacional Residencial Vitória/bairro Campos, com instalação de parquinho para crianças e academia de saúde.</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/355/req_060_2022.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/355/req_060_2022.pdf</t>
   </si>
   <si>
     <t>Requer uma audiência pública para debater sobre as reclamações dos moradores do povoado Macapá em face da AGESPISA.</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/356/req_061_2022.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/356/req_061_2022.pdf</t>
   </si>
   <si>
     <t>Requerer a vossa excelência que seja encaminhado ofício a Senhora Prefeita Municipal no sentido da Prefeitura de Luís Correia proceder a reativação do chafariz da localidade Jacobina, zona rural do município.</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/357/req_062_2022.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/357/req_062_2022.pdf</t>
   </si>
   <si>
     <t>Requer a reforma do Chafariz na Zona Rural e dá outras providências.</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/361/req_063_2022.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/361/req_063_2022.pdf</t>
   </si>
   <si>
     <t>Requer o envio do expediente a Excelentíssima Senhora Prefeita Municipal, com cópia à Secretaria Municipal de Educação, solicitando a construção de uma quadra de esportes no conjunto habitacional Brisa Mar, zona urbana de Luís Correia-PI.</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/362/req_064_2022.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/362/req_064_2022.pdf</t>
   </si>
   <si>
     <t>Requer a limpeza em espaço esportivo dá outras providências.</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/363/req_065_2022.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/363/req_065_2022.pdf</t>
   </si>
   <si>
     <t>Requer o encaminhamento de pedido de informações a Excelentíssimo Senhora Secretaria da Saúde sobre as irregularidades relatadas do componente SAMU 192 – Serviço de Atendimento Móvel de Urgência do Município de Luís Correia.</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/364/req_066_2022.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/364/req_066_2022.pdf</t>
   </si>
   <si>
     <t>Requer a implantação de sinalização e redutor de velocidade dá outras providências.</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/365/req_067_2022.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/365/req_067_2022.pdf</t>
   </si>
   <si>
     <t>Requer a implantação de iluminação em espaço esportivo dá outras providências.</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/368/req_068_2022.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/368/req_068_2022.pdf</t>
   </si>
   <si>
     <t>Requer que se envie ao gabinete desse vereador cópia do processo de compra da motocicleta adquirida pela Câmara Municipal bem como todos os documentos relacionados ao bem móvel.</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/369/req_069_2022.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/369/req_069_2022.pdf</t>
   </si>
   <si>
     <t>Pedido de informação sobre a lotação, carga horária e local de trabalho da funcionária pública registrada na matricula de Nº 1569 de nome Karla Oliveira admitida em 11/03/2004 na administração municipal.</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/366/req_070_2022.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/366/req_070_2022.pdf</t>
   </si>
   <si>
     <t>Requerer a capina e limpeza da Travessa José Cunha Oliveira.</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/370/req_071_2022.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/370/req_071_2022.pdf</t>
   </si>
   <si>
     <t>Requerer do órgão competente a implantação de iluminação pública na Comunidade Baixa do Rocha.</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Maria das Dores Fontenele Brito</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/229/pl_01_2022.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/229/pl_01_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a adequação da remuneração dos servidores da rede municipal da cidade de Luís Correia-PI, para o ano de 2022, e dá outras providências.</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/230/pl_002_2022.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/230/pl_002_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o reajuste dos benefícios pagos pelo Fundo Previdenciário do Município de Luís Correia (PI) que possuem direito ao reajuste na mesma data e índices aplicados ao RGPS.</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/231/pl_003_2022.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/231/pl_003_2022.pdf</t>
   </si>
   <si>
     <t>Institui o Conselho Municipal de Política Cultural – CMPC, a Conferência Municipal de Cultura – CMC, o Plano Municipal de Cultura – PMC e o Fundo Municipal de Cultura – FMC e dá outras providências.</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/232/pl_004_2022.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/232/pl_004_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de uniformes escolares padronizados na rede municipal de ensino, e dá outras providências.</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/233/pl_005_2022.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/233/pl_005_2022.pdf</t>
   </si>
   <si>
     <t>Institui a Campanha Permanente de Orientação, Prevenção e Conscientização da Depressão, Transtorno de Ansiedade e Síndrome do Pânico no município de Luís Correia (PI).</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/271/pl_006_2022.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/271/pl_006_2022.pdf</t>
   </si>
   <si>
     <t>Veda a nomeação para cargos em comissão e função de confiança de pessoas que tenham sido condenadas pela Lei Federal n.º 11.340/2006 (Lei Maria da Penha).</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/272/pl_007_2022.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/272/pl_007_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o salário base de servidores ocupantes de cargos de provimento efetivo e sobre a remuneração dos ocupantes de cargos de provimento em comissão na estrutura organizacional e administrativa da Câmara Municipal de Luís Correia e dá outras providências.</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/273/pl_008_2022.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/273/pl_008_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre atualização do subsídio dos Vereadores da Câmara Municipal de Luís Correia – PI, no exercício de 2022 e dá outras providências.</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/274/pl_009_2022.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/274/pl_009_2022.pdf</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/275/pl_010_2022.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/275/pl_010_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Semana Municipal de Conscientização do Autismo no município de Luís Correia.</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/276/pl_011_2022.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/276/pl_011_2022.pdf</t>
   </si>
   <si>
     <t>Denomina de Rua Maria das Graças Galeno a rua antes conhecida como Projetada S/N, localizada no Bairro Alto do Murici, e dá outras providências.</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/282/pl_012_2022.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/282/pl_012_2022.pdf</t>
   </si>
   <si>
     <t>Cria no Município de Luís Correia (PI), a “Festa do Queijo”, que será realizada no povoado Brejinho, zona rural desse município.</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/298/pl_013_2022.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/298/pl_013_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a atualização do piso salarial do magistério público municipal da educação escolar básica de Luís Correia-PI, e dá outras providências.</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/304/pl_014_2022_pldo_completo.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/304/pl_014_2022_pldo_completo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes Orçamentárias para o Exercício Financeiro de 2023 e dá outras providências.</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/308/pl_015_2022.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/308/pl_015_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a isenção da contribuição de iluminação pública em Luís Correia para os contribuintes denominados agricultores familiares e os inscritos no CadÚnico com renda mensal de até um salário mínimo.</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/316/pl_016_2022.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/316/pl_016_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a adequação da remuneração dos Agentes Comunitários de Saúde e dos Agentes de Combate a Endemias da cidade de Luís Correia-PI, para o ano de 2022, e dá outras providências.</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/324/pl_017_2022.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/324/pl_017_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre nomeação da quadra esportiva da comunidade Brandão, do Município de Luís Correia, com o nome do cidadão Luís-correiense Expedito Alves Rodrigues.</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/330/pl_018_2022.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/330/pl_018_2022.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 616, de 15 de dezembro de 2005 que: “dispões sobre a política municipal dos direitos da pessoa portadora de deficiência e cria o Conselho Municipal de Defesa dos Direitos da Pessoa Portadora de Deficiência e dá outras providências”</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/331/pl_019_2022.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/331/pl_019_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a mudança de denominação da Escola Municipal de Ensino Fundamental Professor Antônio de Pádua na localidade Baixa das Pedras para Escola Municipal de Ensino Fundamental Adriano Alves Gomes (Santo Félix).</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/345/pl_020_2022.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/345/pl_020_2022.pdf</t>
   </si>
   <si>
     <t>Altera a redação do inciso I do art. 2º da Lei Municipal nº. 977/2019 para incluir novo plano de equacionamento do déficit atuarial.</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/348/pl_021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/348/pl_021.pdf</t>
   </si>
   <si>
     <t>Estima a Receita e Fixa a Despesa do Orçamento do Município de Luís Correia, para o Exercício Financeiro de 2023.</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/347/pl_022_2022.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/347/pl_022_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre instituição e regulamentação do pagamento de ajuda de custo mensal aos médicos bolsistas inseridos nas Equipes de Saúde da Família no Município de Luís Correia, decorrentes do Programa Médicos pelo Brasil (PMpB).</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/350/pl_023_2022.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/350/pl_023_2022.pdf</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/351/pl_024_2022.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/351/pl_024_2022.pdf</t>
   </si>
   <si>
     <t>Institui a divulgação dos medicamentos disponíveis e em falta na rede pública municipal de saúde, inserindo o princípio da publicidade dos atos administrativos no fornecimento de medicamentos pelo Município de Luís Correia (PI).</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/352/pl_025_2022.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/352/pl_025_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Revisão da Lei n° 1023 de 28/12/2021, do Plano Plurianual para o período de 2022/2025.</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/354/pl_026_2022.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/354/pl_026_2022.pdf</t>
   </si>
   <si>
     <t>Estabelece a semana municipal e a política municipal de prevenção e combate ao abuso e exploração sexual de crianças e adolescentes e dá outras providências.</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/358/pl_027_2022.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/358/pl_027_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a nomeação da creche localizada no Residencial Brisa Mar denominada Creche Tia Rochelia Secundo.</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/359/pl_028_2022.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/359/pl_028_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão do exercício de 2023 do Plano Plurianual 2022-2025, instituído pela Lei Municipal nº. 1023, de 28 de dezembro de 2021.</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/360/pl_029_2022.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/360/pl_029_2022.pdf</t>
   </si>
   <si>
     <t>Autoriza a alteração do limite para cobertura de créditos adicionais suplementares no Exercício de 2022.</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/371/pl_030_2022.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/371/pl_030_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a majoração do valor dos salários dos Motoristas municipais de categoria “D”.</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/372/pl_031_2022.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/372/pl_031_2022.pdf</t>
   </si>
   <si>
     <t>Denomina de Rua Antônio Ferreira de Araújo, a rua antes conhecida como Projetada 03, localizada no bairro Coqueiro, e dá outras providências</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/373/pl_032_2022.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/373/pl_032_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a nomeação da Unidade Básica de Saúde localizada no bairro Alto Bonito denominada Francisco Ferreira de Souza.</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/248/plc_001_2022.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/248/plc_001_2022.pdf</t>
   </si>
   <si>
     <t>Modifica o Regime Próprio de Previdência Social do Município de Luís Correia-PI de acordo com a Emenda Constitucional nº 103, de 2019.</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/367/pr_001_2022.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/367/pr_001_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação da frente parlamentar e popular de combate à fome e a desigualdade social.</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/278/pdl_001_2022.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/278/pdl_001_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão de título de cidadã Luiscorreiense, e dá outras providências.</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/322/pdl_002_2022.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/322/pdl_002_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o julgamento das contas anuais de gestão do Poder Executivo Municipal, referente o exercício de 2017, sob a gestão do ex-prefeito Francisco Araújo Galeno.</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/323/pdl_003_2022.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/323/pdl_003_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o julgamento das contas anuais do chefe do Poder Executivo Municipal, processo TC/005312/2015, referente o exercício de 2015, sob a gestão da ex-prefeita Adriane Maria Magalhães Prado.</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/329/pdl_004_2022.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/329/pdl_004_2022.pdf</t>
   </si>
   <si>
     <t>Concede o Diploma “Láurea do Mérito Legislativo Vereador José Cristiano Neto ao Sr. Raimundo Nestor de Oliveira e a Sra. Laurita Miranda Brito” e dá outras providências.</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/246/ind_001_2022.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/246/ind_001_2022.pdf</t>
   </si>
   <si>
     <t>Indica reajuste aos salario e diárias de viagens dos servidores Motorista da categoria D, vinculado à estrutura administrativa do município de Luís Correia.</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
     <t>PELO</t>
   </si>
   <si>
     <t>Proposta de Emenda à Lei Orgânica</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/247/pelo_001_2022.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/247/pelo_001_2022.pdf</t>
   </si>
   <si>
     <t>Estabelece regras para o Regime Próprio de Previdência Social do Município de LUIS CORREIA-PI de acordo com a Emenda Constitucional nº 103, de 2019.</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
     <t>PAR</t>
   </si>
   <si>
     <t>Parecer</t>
   </si>
   <si>
     <t>CLJR - Comissão de Legislação, Justiça e Redação Final</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/279/parecer_cljr_ao_veto_001_2022.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/279/parecer_cljr_ao_veto_001_2022.pdf</t>
   </si>
   <si>
     <t>Parecer da Comissão de Constituição Justiça e Redação Final referente ao veto parcial do Poder Executivo às Emendas Impositivas/2021.</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/280/parecer_cljr_ao_pl_007_2022.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/280/parecer_cljr_ao_pl_007_2022.pdf</t>
   </si>
   <si>
     <t>Parecer CLJR ao PL 007 2022</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
     <t>COF - Comissão de Orçamento, Finanças, Controle e Fiscalização</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/281/parecer_cof_ao_pl_007_2022.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/281/parecer_cof_ao_pl_007_2022.pdf</t>
   </si>
   <si>
     <t>Parecer COF ao PL 007 2022</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/309/004_parecer_ao_pl_05.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/309/004_parecer_ao_pl_05.pdf</t>
   </si>
   <si>
     <t>Parecer CLJR ao PL 005 2022</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/310/005_parecer_ao_pl_08.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/310/005_parecer_ao_pl_08.pdf</t>
   </si>
   <si>
     <t>Parecer COF ao PL 008 2022</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/311/006_parecer_ao_pl_08.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/311/006_parecer_ao_pl_08.pdf</t>
   </si>
   <si>
     <t>Parecer CLJR ao PL 008 2022</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/312/007_parecer_ao_pl_09.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/312/007_parecer_ao_pl_09.pdf</t>
   </si>
   <si>
     <t>Parecer CLJR ao PL 009 2022</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
     <t>CEC - Comissão de Educação, Cultura, Esporte, Lazer, da Seguridade</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/313/008_parecer_ao_pl_09.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/313/008_parecer_ao_pl_09.pdf</t>
   </si>
   <si>
     <t>Parecer CEC ao PL 009 2022</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/314/009_parecer_ao_pl_10.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/314/009_parecer_ao_pl_10.pdf</t>
   </si>
   <si>
     <t>Parecer CLJR ao PL 010 2022</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/315/010_parecer_ao_pl_13.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/315/010_parecer_ao_pl_13.pdf</t>
   </si>
   <si>
     <t>Parecer Conjunto das Comissões ao PL 010 2022</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/317/011_parecer_ao_pelo_01.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/317/011_parecer_ao_pelo_01.pdf</t>
   </si>
   <si>
     <t>Parecer COF ao PELO 001 2022</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/318/012_parecer_ao_plc_01.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/318/012_parecer_ao_plc_01.pdf</t>
   </si>
   <si>
     <t>Parecer COF ao PLC 001 2022</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/319/013_parecer_ao_plc_01.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/319/013_parecer_ao_plc_01.pdf</t>
   </si>
   <si>
     <t>Parecer CLJR ao PLC 001 2022</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/320/014_parecer_ao_pelo_01.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/320/014_parecer_ao_pelo_01.pdf</t>
   </si>
   <si>
     <t>Parecer CLJR ao PELO 001 2022</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/321/015_parecer_ao_plc_01.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/321/015_parecer_ao_plc_01.pdf</t>
   </si>
   <si>
     <t>Parecer CEC ao PLC 001 2022</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/332/016_parecer_prestacao_de_contas_2017.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/332/016_parecer_prestacao_de_contas_2017.pdf</t>
   </si>
   <si>
     <t>Prestação de Contas de Gestão Prefeitura Municipal exercício 2017.</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
     <t>CDUH - Comissão de Desenvolvimento Urbano, Habitação e Meio Ambiente, de Desenvolvimento Econômico, Turismo</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/333/017_parecer_ao_pl_11.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/333/017_parecer_ao_pl_11.pdf</t>
   </si>
   <si>
     <t>Parecer CDUH ao PL 011 2022</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/334/018_parecer_ao_pl_11.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/334/018_parecer_ao_pl_11.pdf</t>
   </si>
   <si>
     <t>Parecer CLRJ ao PL 011 2022</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/335/019_parecer_ao_pl_12.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/335/019_parecer_ao_pl_12.pdf</t>
   </si>
   <si>
     <t>Parecer CLRJ ao PL 012 2022</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/336/020_parecer_ao_pl_06.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/336/020_parecer_ao_pl_06.pdf</t>
   </si>
   <si>
     <t>Parecer CLRJ ao PL 006 2022</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/338/021_parecer_prestacao_de_contas_2015.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/338/021_parecer_prestacao_de_contas_2015.pdf</t>
   </si>
   <si>
     <t>Prestação de Contas de Gestão Prefeitura Municipal exercício 2015.</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/339/022_parecer_ao_pl_02.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/339/022_parecer_ao_pl_02.pdf</t>
   </si>
   <si>
     <t>Parecer CLRJ ao PL 002 2022</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/340/023_parecer_ao_pl_02.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/340/023_parecer_ao_pl_02.pdf</t>
   </si>
   <si>
     <t>Parecer COF ao PL 002 2022</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/341/024_parecer_ao_pl_14.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/341/024_parecer_ao_pl_14.pdf</t>
   </si>
   <si>
     <t>Parecer COF ao PL 014 2022</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/342/025_parecer_ao_pl_16.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/342/025_parecer_ao_pl_16.pdf</t>
   </si>
   <si>
     <t>Parecer Conjunto da CLRJ e COF ao PL 016 2022</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/346/026_parecer_ao_pl_17.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/346/026_parecer_ao_pl_17.pdf</t>
   </si>
   <si>
     <t>Parecer CLRJ ao PL 017 2022</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
     <t>EMD</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/337/emenda_aditiva_001_2022.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/337/emenda_aditiva_001_2022.pdf</t>
   </si>
   <si>
     <t>Emenda Aditiva nº 001/2022 ao Projeto de Lei nº 014/2022 de 13 de Abril de 2022.</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
     <t>VETO</t>
   </si>
   <si>
     <t>Razões do Veto</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/228/mensagem_de_veto_ao_pl_027_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/228/mensagem_de_veto_ao_pl_027_2021.pdf</t>
   </si>
   <si>
     <t>Vetar integralmente a emenda aditiva a seguir, bem como vetar parcialmente as emendas impositivas abaixo, referentes ao Projeto de Lei n.º 027/2021, de autoria deste Poder Executivo, que dispõe sobre as Diretrizes Orçamentárias para o exercício  financeiro de 2022, pelas justificativas apresentas a seguir.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1935,68 +1935,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/234/req_001_2022.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/235/req_002_2022.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/236/req_003_2022.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/237/req_004_2022.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/238/req_005_2022.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/239/req_006_2022.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/242/req_007_2022.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/243/req_008_2022.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/244/req_009_2022.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/245/req_010_2022.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/249/req_011_2022.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/250/req_012_2022.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/251/req_013_2022.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/252/req_014_2022.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/253/req_015_2022.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/254/req_016_2022.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/255/req_017_2022.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/262/req_018_2022.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/263/req_019_2022.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/264/req_020_2022.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/265/req_021_2022.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/266/req_022_2022.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/267/req_023_2022.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/268/req_024_2022.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/269/req_025_2022.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/270/req_026_2022.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/277/req_027_2022.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/283/req_028_2022.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/284/req_029_2022.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/285/req_030_2022.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/286/req_031_2022.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/287/req_032_2022.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/288/req_033_2022.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/289/req_034_2022.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/290/req_035_2022.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/291/req_036_2022.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/292/req_037_2022.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/293/req_038_2022.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/294/req_039_2022.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/295/req_040_2022.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/296/req_041_2022.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/297/req_042_2022.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/299/req_043_2022.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/300/req_044_2022.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/301/req_045_2022.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/302/req_046_2022.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/303/req_047_2022.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/305/req_048_2022.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/306/req_049_2022.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/307/req_050_2022.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/325/req_051_2022.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/326/req_052_2022.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/327/req_053_2022.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/328/req_054_2022.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/343/req_055_2022.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/344/req_057_2022.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/349/req_058_2022.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/353/req_059_2022.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/355/req_060_2022.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/356/req_061_2022.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/357/req_062_2022.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/361/req_063_2022.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/362/req_064_2022.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/363/req_065_2022.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/364/req_066_2022.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/365/req_067_2022.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/368/req_068_2022.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/369/req_069_2022.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/366/req_070_2022.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/370/req_071_2022.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/229/pl_01_2022.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/230/pl_002_2022.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/231/pl_003_2022.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/232/pl_004_2022.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/233/pl_005_2022.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/271/pl_006_2022.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/272/pl_007_2022.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/273/pl_008_2022.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/274/pl_009_2022.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/275/pl_010_2022.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/276/pl_011_2022.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/282/pl_012_2022.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/298/pl_013_2022.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/304/pl_014_2022_pldo_completo.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/308/pl_015_2022.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/316/pl_016_2022.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/324/pl_017_2022.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/330/pl_018_2022.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/331/pl_019_2022.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/345/pl_020_2022.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/348/pl_021.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/347/pl_022_2022.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/350/pl_023_2022.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/351/pl_024_2022.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/352/pl_025_2022.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/354/pl_026_2022.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/358/pl_027_2022.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/359/pl_028_2022.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/360/pl_029_2022.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/371/pl_030_2022.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/372/pl_031_2022.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/373/pl_032_2022.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/248/plc_001_2022.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/367/pr_001_2022.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/278/pdl_001_2022.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/322/pdl_002_2022.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/323/pdl_003_2022.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/329/pdl_004_2022.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/246/ind_001_2022.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/247/pelo_001_2022.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/279/parecer_cljr_ao_veto_001_2022.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/280/parecer_cljr_ao_pl_007_2022.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/281/parecer_cof_ao_pl_007_2022.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/309/004_parecer_ao_pl_05.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/310/005_parecer_ao_pl_08.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/311/006_parecer_ao_pl_08.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/312/007_parecer_ao_pl_09.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/313/008_parecer_ao_pl_09.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/314/009_parecer_ao_pl_10.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/315/010_parecer_ao_pl_13.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/317/011_parecer_ao_pelo_01.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/318/012_parecer_ao_plc_01.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/319/013_parecer_ao_plc_01.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/320/014_parecer_ao_pelo_01.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/321/015_parecer_ao_plc_01.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/332/016_parecer_prestacao_de_contas_2017.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/333/017_parecer_ao_pl_11.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/334/018_parecer_ao_pl_11.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/335/019_parecer_ao_pl_12.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/336/020_parecer_ao_pl_06.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/338/021_parecer_prestacao_de_contas_2015.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/339/022_parecer_ao_pl_02.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/340/023_parecer_ao_pl_02.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/341/024_parecer_ao_pl_14.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/342/025_parecer_ao_pl_16.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/346/026_parecer_ao_pl_17.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/337/emenda_aditiva_001_2022.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/228/mensagem_de_veto_ao_pl_027_2021.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/234/req_001_2022.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/235/req_002_2022.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/236/req_003_2022.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/237/req_004_2022.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/238/req_005_2022.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/239/req_006_2022.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/242/req_007_2022.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/243/req_008_2022.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/244/req_009_2022.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/245/req_010_2022.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/249/req_011_2022.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/250/req_012_2022.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/251/req_013_2022.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/252/req_014_2022.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/253/req_015_2022.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/254/req_016_2022.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/255/req_017_2022.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/262/req_018_2022.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/263/req_019_2022.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/264/req_020_2022.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/265/req_021_2022.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/266/req_022_2022.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/267/req_023_2022.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/268/req_024_2022.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/269/req_025_2022.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/270/req_026_2022.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/277/req_027_2022.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/283/req_028_2022.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/284/req_029_2022.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/285/req_030_2022.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/286/req_031_2022.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/287/req_032_2022.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/288/req_033_2022.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/289/req_034_2022.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/290/req_035_2022.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/291/req_036_2022.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/292/req_037_2022.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/293/req_038_2022.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/294/req_039_2022.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/295/req_040_2022.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/296/req_041_2022.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/297/req_042_2022.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/299/req_043_2022.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/300/req_044_2022.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/301/req_045_2022.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/302/req_046_2022.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/303/req_047_2022.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/305/req_048_2022.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/306/req_049_2022.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/307/req_050_2022.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/325/req_051_2022.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/326/req_052_2022.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/327/req_053_2022.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/328/req_054_2022.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/343/req_055_2022.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/344/req_057_2022.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/349/req_058_2022.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/353/req_059_2022.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/355/req_060_2022.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/356/req_061_2022.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/357/req_062_2022.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/361/req_063_2022.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/362/req_064_2022.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/363/req_065_2022.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/364/req_066_2022.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/365/req_067_2022.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/368/req_068_2022.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/369/req_069_2022.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/366/req_070_2022.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/370/req_071_2022.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/229/pl_01_2022.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/230/pl_002_2022.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/231/pl_003_2022.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/232/pl_004_2022.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/233/pl_005_2022.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/271/pl_006_2022.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/272/pl_007_2022.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/273/pl_008_2022.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/274/pl_009_2022.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/275/pl_010_2022.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/276/pl_011_2022.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/282/pl_012_2022.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/298/pl_013_2022.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/304/pl_014_2022_pldo_completo.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/308/pl_015_2022.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/316/pl_016_2022.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/324/pl_017_2022.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/330/pl_018_2022.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/331/pl_019_2022.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/345/pl_020_2022.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/348/pl_021.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/347/pl_022_2022.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/350/pl_023_2022.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/351/pl_024_2022.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/352/pl_025_2022.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/354/pl_026_2022.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/358/pl_027_2022.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/359/pl_028_2022.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/360/pl_029_2022.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/371/pl_030_2022.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/372/pl_031_2022.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/373/pl_032_2022.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/248/plc_001_2022.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/367/pr_001_2022.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/278/pdl_001_2022.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/322/pdl_002_2022.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/323/pdl_003_2022.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/329/pdl_004_2022.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/246/ind_001_2022.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/247/pelo_001_2022.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/279/parecer_cljr_ao_veto_001_2022.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/280/parecer_cljr_ao_pl_007_2022.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/281/parecer_cof_ao_pl_007_2022.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/309/004_parecer_ao_pl_05.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/310/005_parecer_ao_pl_08.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/311/006_parecer_ao_pl_08.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/312/007_parecer_ao_pl_09.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/313/008_parecer_ao_pl_09.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/314/009_parecer_ao_pl_10.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/315/010_parecer_ao_pl_13.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/317/011_parecer_ao_pelo_01.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/318/012_parecer_ao_plc_01.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/319/013_parecer_ao_plc_01.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/320/014_parecer_ao_pelo_01.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/321/015_parecer_ao_plc_01.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/332/016_parecer_prestacao_de_contas_2017.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/333/017_parecer_ao_pl_11.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/334/018_parecer_ao_pl_11.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/335/019_parecer_ao_pl_12.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/336/020_parecer_ao_pl_06.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/338/021_parecer_prestacao_de_contas_2015.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/339/022_parecer_ao_pl_02.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/340/023_parecer_ao_pl_02.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/341/024_parecer_ao_pl_14.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/342/025_parecer_ao_pl_16.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/346/026_parecer_ao_pl_17.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/337/emenda_aditiva_001_2022.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2022/228/mensagem_de_veto_ao_pl_027_2021.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H139"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="105.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="111.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="110.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>