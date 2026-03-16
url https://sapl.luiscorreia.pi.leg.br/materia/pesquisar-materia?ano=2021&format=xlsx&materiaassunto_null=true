--- v0 (2025-10-22)
+++ v1 (2026-03-16)
@@ -54,2034 +54,2034 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Pedro do Leite</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/26/req_001_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/26/req_001_2021.pdf</t>
   </si>
   <si>
     <t>Recuperação de chafarizes nas comunidades rurais de Brejinho de Fatima, Ingarana, Emparedado, Rufo, Baixa do Eufrazio, Quice, localizados na zona rural no município de Luís Correia -PI.</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Valdemir</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/27/req_002_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/27/req_002_2021.pdf</t>
   </si>
   <si>
     <t>Recuperação da quadra esportiva da Unidade Escolar Jose Maria de Lima – bairro Cearazinho de Luís Correia-PI</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/52/req_003_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/52/req_003_2021.pdf</t>
   </si>
   <si>
     <t>Recuperação do chafariz na comunidade rural de Mutucas, Jaboti I, Jaboti-II, Boa Esperança, localizados no município de Luís Correia -PI.</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Raul Rodrigues</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/53/req_004_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/53/req_004_2021.pdf</t>
   </si>
   <si>
     <t>Recuperação e ampliação da rede de iluminação pública do Conjunto Habitacional Alvorada – Bairro Cearazinho – Luís Correia – PI</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/54/req_005_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/54/req_005_2021.pdf</t>
   </si>
   <si>
     <t>Mapeamento dos espaços públicos de prática esportiva e de lazer do município de Luís Correia, como quadras, campos, praças e etc.</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/55/req_006_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/55/req_006_2021.pdf</t>
   </si>
   <si>
     <t>Recuperação da Praça Pública de Pé da Serra com implantação de uma academia comunitária.</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/56/req_007_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/56/req_007_2021.pdf</t>
   </si>
   <si>
     <t>Sistema de abastecimento de água no Povoado Santa Rosa, localizada na Zona Rural no município de Luís Correia – PI.</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/57/req_008_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/57/req_008_2021.pdf</t>
   </si>
   <si>
     <t>Sistema de abastecimento de água no Povoado Ingarana, localizada na Zona Rural no município de Luís Correia – PI.</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/58/req_009_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/58/req_009_2021.pdf</t>
   </si>
   <si>
     <t>Viastoria e relatório informativo dos recursos financeiros já aplicados e da situação da estrutura física e da viabilidade de conclusão da unidade escolar no Povoado de Curral Velho, no município de Luís Correia – PI.</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>Novo Virgulino</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/59/req_010_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/59/req_010_2021.pdf</t>
   </si>
   <si>
     <t>Requerer junto ao órgão competente a construção de um bueiro no acesso à Unidade Escolar Raimundo Miranda Brito no povoado Pinto, região Brejinho.</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/60/req_011_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/60/req_011_2021.pdf</t>
   </si>
   <si>
     <t>Requerer do presidente desta Augusta Casa o licenciamento do cargo de vereador a partir do dia 03 de março de 2021.</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Lucas Mirialdo</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/61/req_012_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/61/req_012_2021.pdf</t>
   </si>
   <si>
     <t>requerer do presidente desta Augusta Casa o licenciamento do cargo de vereador a partir do dia 03 de março de 2021.</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>Wilton Veras</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/62/req_013_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/62/req_013_2021.pdf</t>
   </si>
   <si>
     <t>Requer a instalação de 1 (um) redutor de velocidade, tipo LOMBADA (quebra molas) na Rua Projetada 12 no Bairro Campos.</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/63/req_014_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/63/req_014_2021.pdf</t>
   </si>
   <si>
     <t>Requer o envio de oficio ao Comandante da CIPTUR, solicitando Rondas Policiais na Arvore Penteada, no município de Luís Correia.</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/64/req_015_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/64/req_015_2021.pdf</t>
   </si>
   <si>
     <t>Requer a instalação de redutores de velocidade, tipo Tachões (tartaruga) e a pintura da sinalização na Av. Senador Joaquim Pires.</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>SILVINHA PEREIRA</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/65/req_016_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/65/req_016_2021.pdf</t>
   </si>
   <si>
     <t>Recuperação da rede de iluminação pública do aterro do Povoado Bezerro Morto, Luís Correia – PI.</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/66/req_017_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/66/req_017_2021.pdf</t>
   </si>
   <si>
     <t>Inclusão de profissionais de educação como prioridade no cronograma de vacinação contra o COVID-19.</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/67/req_018_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/67/req_018_2021.pdf</t>
   </si>
   <si>
     <t>Sistema de abastecimento de água no Povoado Brandão na localidade Barba de Bode na Zona Rural de Luís Correia PI.</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/68/req_019_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/68/req_019_2021.pdf</t>
   </si>
   <si>
     <t>Recuperação dos chafarizes na comunidade rural do Bezerro Morto, localizado no município de Luís Correia – PI.</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/69/req_020_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/69/req_020_2021.pdf</t>
   </si>
   <si>
     <t>Recuperação da Praça Pública do Bairro Santa Luzia com implantação do campo de vôlei e uma academia comunitária.</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/70/req_021_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/70/req_021_2021.pdf</t>
   </si>
   <si>
     <t>Requerer que seja enviado ofício e cópia deste ao Ilustríssimo Senhor Hélio Isaías da Silva, Secretário de Estado dos Transportes (SETRANS) do Piauí. Solicitando que viabilize junto a Diretoria competente providências para roçagem e limpeza das margens das rodovias PI 301 no município de Luís Correia nas alturas do povoado São Domingos à divisa do município de Cocal da Estação, e. na PI 116 nas alturas do povoado Camurupim ao povoado Carnaubal, todos no município de Luís Correia (PI).</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/71/req_022_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/71/req_022_2021.pdf</t>
   </si>
   <si>
     <t>Reforma da Unidade Escolar Fontenele Machado, localizada na comunidade Santa Rosa Nova, região Brejinho.</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/72/req_023_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/72/req_023_2021.pdf</t>
   </si>
   <si>
     <t>Sistema de abastecimento de água na comunidade Córrego dos Valérios na Zona Rural de Luís Correia PI.</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/73/req_024_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/73/req_024_2021.pdf</t>
   </si>
   <si>
     <t>Solicitação da reforma e reabertura do Posto de Saúde João Araújo Pereira da Comunidade Bradão Luís Correia-PI.</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/74/req_025_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/74/req_025_2021.pdf</t>
   </si>
   <si>
     <t>Construção de uma praça e uma quadra de esportes para a comunidade de Macapá, Luís Correia PI.</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
     <t>Artrannho O Homem do Chapéu</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/75/req_026_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/75/req_026_2021.pdf</t>
   </si>
   <si>
     <t>Requerer do órgão competente a recuperação da estrada vicinal que liga a BR-402 a PI-301 passando pelos povoados São João da Praia, Patos, Porções e Carneiro na zona rural no município de Luís Correia.</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
     <t>Daniel Cabrinha</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/76/req_027_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/76/req_027_2021.pdf</t>
   </si>
   <si>
     <t>Requerer seja enviado a Secretaria Municipal de Administração. informações sobre o Contrato de nº 01.2101/2021 e Contrato de nº 02.2201/2021.. especificando o tipo de maquinas. modelo. potencia e onde as mesmas estão trabalhado</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/77/req_028_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/77/req_028_2021.pdf</t>
   </si>
   <si>
     <t>Aquisição de uma ambulância para o povoado Brejinho, zona rural no município de  Luís Correia (PI)</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/78/req_029_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/78/req_029_2021.pdf</t>
   </si>
   <si>
     <t>Requerer a Mesa Diretora e ouvido o soberano Plenário, que seja enviado expediente a Prefeita Municipal, requerendo informações sobre quais providências foram tomadas em relação à aplicação e execução da Emenda Individual de autoria do vereador Artrannho Barros Mota no Orçamento Impositivo a Lei Orçamentária Anual para o ano de 2021, onde a referida emenda destina o valor de R$ 39.534,90 (trinta e nove mil quinhentos e trinta e quatro reais e noventa centavos) para a reforma e ampliação da Quadra Esportiva da Lagoa do Camelo e implantação de academia popular na referida localidade.</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>Katia Silva</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/79/req_030_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/79/req_030_2021.pdf</t>
   </si>
   <si>
     <t>Requerer do órgão competente a criação de um site/aplicativo para cadastro dos grupos que irão tomar a vacina do COVID-19.</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/80/req_031_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/80/req_031_2021.pdf</t>
   </si>
   <si>
     <t>Requerer do órgão competente a substituição das lâmpadas convencionais dos postes por lâmpadas de LED.</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/81/req_032_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/81/req_032_2021.pdf</t>
   </si>
   <si>
     <t>Indica a inclusão dos garis e cuidadores de idosos na lista de prioridades para vacinação de imunização do COVID-19.</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/82/req_033_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/82/req_033_2021.pdf</t>
   </si>
   <si>
     <t>Renovação dos contratos de bolsa-auxílio da Banda Municipal 26 de julho, instituída pela Lei Municipal nº 782 de 04 de junho de 2014.</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/83/req_034_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/83/req_034_2021.pdf</t>
   </si>
   <si>
     <t>Requerer do orgão competente a manutenção e das luminárias dos povoados Camurupim, Carapebas, Córrego dos Barretos, Córrego dos Valério, Lagoa das Pedras, Lagoa do Camelo Baixa da Pedra e Baixa do Rocha.</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/84/req_035_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/84/req_035_2021.pdf</t>
   </si>
   <si>
     <t>Raspagem da estrada vicinal que liga Santa Rosa a comunidade Fernando, região do grande Brejinho, zona rural de Luis Correia (PI)</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/85/req_036_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/85/req_036_2021.pdf</t>
   </si>
   <si>
     <t>Reforma da Unidade Escolar Antônio de Pádua na comunidade Baixa da Pedra, bem como a limpeza e capina do estorno da referida escola.</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/86/req_037_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/86/req_037_2021.pdf</t>
   </si>
   <si>
     <t>Manutenção da iluminação pública municipal na Zona Rural do município de Luís Correia (PI).</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/87/req_038_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/87/req_038_2021.pdf</t>
   </si>
   <si>
     <t>Reforma da Unidade Escolar Raimundo Domingos na comunidade Lagoa das Pedras, zona rural de Luís Correia (PI).</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/88/req_039_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/88/req_039_2021.pdf</t>
   </si>
   <si>
     <t>Contratação por meio de processo seletivo de agentes comunitários de saúde para a comunidade de Santa Rosa Nova, Santa Rosa Velha, Salgado, Ipueiras e Fernando.</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/89/req_040_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/89/req_040_2021.pdf</t>
   </si>
   <si>
     <t>Requerer à Mesa Diretora, na forma regimental, após aprovação do plenário, que seja encaminhado à Chefe do Poder Executivo Municipal, o presente requerimento, objetivando a distribuição dos kits de alimentação escolar da cidade de Luis Correia - PI.</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>Paulin do Sindicato</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/147/req_041_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/147/req_041_2021.pdf</t>
   </si>
   <si>
     <t>Requerer do presidente desta Augusta Casa o licenciamento do cargo de vereador a partir do dia 05 de março de 2021.</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/90/req_042_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/90/req_042_2021.pdf</t>
   </si>
   <si>
     <t>Solicito o pagamento do débito do município de Luís Correia junto ao Programa Garantia Safra</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/91/req_043_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/91/req_043_2021.pdf</t>
   </si>
   <si>
     <t>Solicito ao presidente do parlamento municipal um projeto de resolução legislativa antecipando a sessão ordinária, quando o Executivo Estadual ou Municipal decretar feriado na sexta feira.</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/92/req_044_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/92/req_044_2021.pdf</t>
   </si>
   <si>
     <t>Melhoria da Rua Projetada 18 Bairro Beira Mar, em nosso município, com drenagem da água, limpeza e restauração do calçamento em várias partes no percurso da rua.</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/93/req_045_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/93/req_045_2021.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício a Secretaria Municipal de Finança e das outras providencias.</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/94/req_046_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/94/req_046_2021.pdf</t>
   </si>
   <si>
     <t>Requer Informações da Procuradoria geral do Município e das outras providencias.</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/95/req_047_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/95/req_047_2021.pdf</t>
   </si>
   <si>
     <t>Requer da Presidência da Câmara Municipal, copias dos relatórios financeiros e das outras providencias.</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/96/req_048_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/96/req_048_2021.pdf</t>
   </si>
   <si>
     <t>Requer da presidência da câmara municipal, copias de contratos e da outras providencias.</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/97/req_049_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/97/req_049_2021.pdf</t>
   </si>
   <si>
     <t>Requer o envio de ofício a Secretaria Municipal de Saúde e das outras providencias.</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/99/req_051_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/99/req_051_2021.pdf</t>
   </si>
   <si>
     <t>Solicito ao Executivo Municipal a implantação de uma equipe de profissionais de saúde permanente de apoio, realização de teste, vacinação contra o COVID-19 na UBS de Brejinho zona rural de Luís Correia – PI.</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/100/req_052_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/100/req_052_2021.pdf</t>
   </si>
   <si>
     <t>Requerer a solicitação que seja enviado copia deste ao Excelentíssimo Promotor de Justiça, Galeno Aristóteles Coelho Sá, tome providencias em relação ao Extrato de Contrato, nº 01.2602 2021, publicado no dia 24 de março e assinatura do contrato no dia 26/02/2021. Objeto: contratação de empresa especializada para a prestação de serviços. Valor de 4.500,00, mensais.</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
     <t>Francione Galeno</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/148/req_053_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/148/req_053_2021.pdf</t>
   </si>
   <si>
     <t>Solicito a Prefeita Municipal a suspensão por até 120 dias do pagamento de parcelas de empréstimos consignados, dos servidores públicos.</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/101/req_054_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/101/req_054_2021.pdf</t>
   </si>
   <si>
     <t>Criação do Portal da Transparência Municipal com dados sobre a COVID-19, vinculado ao site da prefeitura municipal de Luís Correia.</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/102/req_055_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/102/req_055_2021.pdf</t>
   </si>
   <si>
     <t>Criação do centro municipal de reabilitação pós-COVID, com atendimento médico, fisioterapêutico e atendimento psicológico de forma remota, presencial ou domiciliar para pacientes que foram acometidos pelo coronavírus, familiares e profissionais de saúde.</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/103/req_056_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/103/req_056_2021.pdf</t>
   </si>
   <si>
     <t>Construção de duas lombadas na Rua Alpina, Bairro Campos para melhoria na segurança do trânsito.</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/104/req_057_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/104/req_057_2021.pdf</t>
   </si>
   <si>
     <t>Solicito a prefeita municipal a inclusão dos coveiros das comunidades rurais e da zona urbana no plano municipal de imunização contra o COVID-19 em caráter de urgência.</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/149/req_058_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/149/req_058_2021.pdf</t>
   </si>
   <si>
     <t>Solicito a prefeita municipal a inclusão da categoria bancária no plano de imunização contra o COVID-19 em caráter emergencial e prioritária.</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/105/req_060_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/105/req_060_2021.pdf</t>
   </si>
   <si>
     <t>Requerer à Mesa Diretora, na forma regimental, após aprovação do plenário, que seja encaminhado à secretaria de saúde, e ao chefe do poder executivo municipal o presente requerimento a respeito do Projeto de Lei 014/2021, pedindo esclarecimentos sobre o valor que e repassado para O município que será distribuído para os profissionais e quais os valores reais que seram distribuídos para cada profissional, sem ser em percentual, pois no projeto só tem o percentual que cada um ira receber, e essas informações são indispensáveis na aprovação desse projeto sem mais para o momento, renovo a expressão do meu elevado respeito e distinta consideração.</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/106/req_061_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/106/req_061_2021.pdf</t>
   </si>
   <si>
     <t>Solicito ao presidente do parlamento municipal envio de convite ao secretário municipal de educação.</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/107/req_062_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/107/req_062_2021.pdf</t>
   </si>
   <si>
     <t>Requerer do órgão competente providências para baixar o edital do concurso para Guarda  Municipal e Agente de Trânsito Municipal.</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/109/req_064_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/109/req_064_2021.pdf</t>
   </si>
   <si>
     <t>Envie ofício ao Diretor-geral do Departamento de Estradas de Rodagem do Piauí (DER-PI), senhor José Dias de Castro Neto, solicitando a instalação de redutores de velocidade (quebra molas), em pontos estratégicos da rodovia PI 301, no trecho Brejinho-São Domingos, nas seguintes localidades: é Povoado Santa Rosa Nova, próximo a escola Fontenele Machado, povoado Brejinho de São Francisco, próximo a escola Rita Miranda Brito e no povoado Lagoa das Pedras, próximo a escola Raimundo Domingos.</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/110/req_065_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/110/req_065_2021.pdf</t>
   </si>
   <si>
     <t>Requer a inclusão de Frentistas e Balconista no grupo prioritário de imunização contra o COVID-19.</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/111/req_066_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/111/req_066_2021.pdf</t>
   </si>
   <si>
     <t>Redução do calculo do IPTU-Imposto Predial e Territorial Urbano no município de Luís Correia-PI.</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/175/req_067_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/175/req_067_2021.pdf</t>
   </si>
   <si>
     <t>Redução do cálculo do IPTU – Imposto Predial e Territorial Urbano no município de Luís Correia-PI.</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/112/req_068_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/112/req_068_2021.pdf</t>
   </si>
   <si>
     <t>Requerer a solicitação que envie oficio ao Presidente da Assembleia Legislativa do Piauí, Themistocles de Sampaio Pereira Filho, endereço eletrônico E-mail themistocles@alepi.pi.gov.br, que seja destinado verba parlamentar para a reforma e construção de um espaço tipo galpão para realização de uma feira livre da Rodoviária Thelbaldo Ivo dos Santos, localizada no Povoado Camurupim BR 402, zona rural de Luís Correia.</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/113/req_069_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/113/req_069_2021.pdf</t>
   </si>
   <si>
     <t>Requerer a construção de paradas de ônibus nas seguintes localidades, uma na PI 116 de frete a entrada do residencial , uma no balão do coqueiro, uma na entrada do povoado Carnaubal, duas povoado Mixiriqueira, duas no povoado Carapebas, três no povoado Lagoa do Camelo, uma no povoado São Domingos, uma na entrada do povoado Brandão, no povoado Camurupim, uma próxima ao cemitério, de frente ao colégio José lvo, balão de frete ao posto de gasolina, próximo a casa do Araujo final da rua da piçarra BR 402, próximo ao Sivaldo Melo, e uma na entrada do povoado Quicer, Calafate.</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/114/req_070_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/114/req_070_2021.pdf</t>
   </si>
   <si>
     <t>Construção de muro nas seguintes escolas: U.E José Carmino de Sousa no povoado Quicé e na U.E Padre Vieira no Povoado Vidal.</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/115/req_071_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/115/req_071_2021.pdf</t>
   </si>
   <si>
     <t>Reforma da Casa de Farinha da comunidade Jacobina, zona rural de Luís Correia (PI).</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/116/req_072_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/116/req_072_2021.pdf</t>
   </si>
   <si>
     <t>Recuperação da iluminação pública da Avenida Teresina - Orla de Atalaia, Bairro Atalaia.</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/117/req_073_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/117/req_073_2021.pdf</t>
   </si>
   <si>
     <t>Requerer a Capina e limpeza na Rua Projetada 105, no Bairro Cearazinho.</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/118/req_074_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/118/req_074_2021.pdf</t>
   </si>
   <si>
     <t>Requerer do órgão competente à atualização do Portal da Transparência do Poder Executivo Municipal.</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/119/req_075_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/119/req_075_2021.pdf</t>
   </si>
   <si>
     <t>Requerer do órgão competente a recuperação da estrada que liga a BR-402 a PI-301 passando pelos povoados São João da Praia, Patos, Porções e Carneiro zona rural no município de Luís Correia.</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/120/req_076_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/120/req_076_2021.pdf</t>
   </si>
   <si>
     <t>requer do órgão competente a roçagem que liga a localidade Timbaúba ate a localidade Bois zona rural, do município de Luís Correia (Pl) atendendo ao pedido de moradores.</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/121/req_077_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/121/req_077_2021.pdf</t>
   </si>
   <si>
     <t>Requer a instalação de iluminação em led na Av. Pres. Tancredo Neves.</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/122/req_078_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/122/req_078_2021.pdf</t>
   </si>
   <si>
     <t>Requer a instalação de iluminação em led na Av. Antônio José Lima Pereira.</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/123/req_079_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/123/req_079_2021.pdf</t>
   </si>
   <si>
     <t>Requerer por meio do Regimento Interno da Câmara Municipal comunicar o afastamento provisório das funções parlamentares, em decorrência de motivos de saúde.</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/124/req_080_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/124/req_080_2021.pdf</t>
   </si>
   <si>
     <t>Audiência pública com a temática combate ao feminicídio e violência contra mulher no município de Luís Correia.</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/126/req_082_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/126/req_082_2021.pdf</t>
   </si>
   <si>
     <t>Requerer do órgão competente a recuperação da iluminação pública da estrada que liga a Pl-116 a Praia do Arrombado neste município.</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/127/req_083_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/127/req_083_2021.pdf</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
     <t>Fernamídia</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/152/req_084_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/152/req_084_2021.pdf</t>
   </si>
   <si>
     <t>Requerer do órgão competente a reposição de lâmpadas na Rua Ágata.</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/153/req_085_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/153/req_085_2021.pdf</t>
   </si>
   <si>
     <t>Requerer do órgão competente a construção da Praça da Igreja de São José Operário.</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/154/req_086_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/154/req_086_2021.pdf</t>
   </si>
   <si>
     <t>Requerer do órgão competente a implantação de lombadas no Bairro Campos.</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/155/req_087_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/155/req_087_2021.pdf</t>
   </si>
   <si>
     <t>Requerer do órgão competente a reforma da quadra do Colégio Maria Helena Veras.</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/156/req_088_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/156/req_088_2021.pdf</t>
   </si>
   <si>
     <t>Requerer do órgão competente requerer que seja Vacinada a Classe de Taxistas e Mototaxistas.</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/150/req_089_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/150/req_089_2021.pdf</t>
   </si>
   <si>
     <t>Recuperação e melhoria do solo entorno da Árvore Penteada - Carnaubinha - Luís Correia-PI.</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/151/req_090_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/151/req_090_2021.pdf</t>
   </si>
   <si>
     <t>Recuperação e melhoria da estrada piçarral que liga Carnaubal – Curral Velho passando pela Ponta do Morro – zona rural de Luís Correia-PI.</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/128/req_091_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/128/req_091_2021.pdf</t>
   </si>
   <si>
     <t>Requerer do órgão competente a recuperação da iluminação pública no povoado São José, Zona Rural deste município.</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/129/req_092_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/129/req_092_2021.pdf</t>
   </si>
   <si>
     <t>Implantação de barras de proteção/lixeiras seletivas e melhorias na estrutura do parquinho das crianças na Praça Luís Correia – Centro.</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/130/req_093_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/130/req_093_2021.pdf</t>
   </si>
   <si>
     <t>Nomeação e Regulamentação do Conselho Municipal da Juventude - CONJUV - criado por meio da Lei Municipal nº 860 de 24 de junho de 2016.</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/157/req_095_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/157/req_095_2021.pdf</t>
   </si>
   <si>
     <t>Requerer do órgão competente a construção de uma arquibancada na quadra de Esporte do Povoado Carnaubal e poda dos cajueiros que estão tomando o espaço da mesma.</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
     <t>Junior Carapeba</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/132/req_096_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/132/req_096_2021.pdf</t>
   </si>
   <si>
     <t>Requerer do órgão competente a reforma da Unidade Escolar Jose Carmino de Sousa localizada no povoado Quicé, Zona Rural deste município.</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/133/req_097_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/133/req_097_2021.pdf</t>
   </si>
   <si>
     <t>Requerer do órgão competente a recuperação do chafariz do povoado Quicé, Zona Rural deste município.</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/134/req_098_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/134/req_098_2021.pdf</t>
   </si>
   <si>
     <t>Requerer que seja encaminhada a Excelentíssima Senhora Prefeita, o presente requerimento solicitando estudo financeiro e uma avaliação técnica com objetivo de reformar a quadra esportiva do povoado Lagoa do Camelo.</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/135/req_099_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/135/req_099_2021.pdf</t>
   </si>
   <si>
     <t>Requerer do órgão competente a recuperação da estrada que liga o Povoado Novo Oriente à Baixa do Eufrásio, Zona Rural deste município.</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/136/req_100_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/136/req_100_2021.pdf</t>
   </si>
   <si>
     <t>Requerer do órgão competente a recuperação da ponte sobre o Rio Cardoso que liga Carapebas à Lagoa do Barro e regiões circunvizinhas deste município.</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/137/req_101_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/137/req_101_2021.pdf</t>
   </si>
   <si>
     <t>Requerer ao Chefe do Poder Executivo Municipal, junto com a secretaria competente que viabilize a reforma da praça do povoado. Brejinho de Fátima, zona rural do município de Luís Correia(PI).</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/138/req_102_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/138/req_102_2021.pdf</t>
   </si>
   <si>
     <t>Requer a reforma da Quadra Poliesportiva da Unidade Escolar José Maria de Lima no Bairro Cearazinho.</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/139/req_103_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/139/req_103_2021.pdf</t>
   </si>
   <si>
     <t>Requer a realização de audiência pública para tratar da falta de agua em Luis Correia e dá outras providencias.</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/140/req_104_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/140/req_104_2021.pdf</t>
   </si>
   <si>
     <t>Requer a recuperação da iluminação publica no Bairro Beira-Mar.</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/141/req_105_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/141/req_105_2021.pdf</t>
   </si>
   <si>
     <t>Requer a limpeza do Campo do Bairro Cearazinho e a colocação de iluminação noturna para pratica de esportes.</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/142/req_106_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/142/req_106_2021.pdf</t>
   </si>
   <si>
     <t>Instalação de novos postes e iluminação pública na Praça do “Skate Park” localizado na Rua Josias Correia - Bairro Centro.</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/143/req_107_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/143/req_107_2021.pdf</t>
   </si>
   <si>
     <t>Reforma e revitalização das quadras esportivas localizadas na Rua Josias Correia - Bairro Centro.</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/144/req_108_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/144/req_108_2021.pdf</t>
   </si>
   <si>
     <t>Implantação de um posto policial no Povoado Camurupim de Cima – zona rural de Luís Correia – PI.</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/145/req_109_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/145/req_109_2021.pdf</t>
   </si>
   <si>
     <t>Requerer que seja enviado o oficio ao Exmo. Sr. comandate da CIPTUR Major Danilo Palhano, oficialize a empresa TIM Nordeste, situada na Av. Ayrton Senna da Silva nº 1633, Piedade Jaboatão dos Guararapes - Pernambuco, telefone (81) 3302-2813, informar que o sistema de comunicação via 190 pela operadora TIM tem ficado sem comunicação as vezes informando numero inexistente.</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/146/req_110_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/146/req_110_2021.pdf</t>
   </si>
   <si>
     <t>Requerer que seja enviado o oficio a secretaria de Saúde do Município de Luis Correia, Marcela Teles Furtado, e ao Secretario de Saúde do Estado do Piauí, Senhor Florentino Alves Veras Neto, seja implantado o sistema de comunicação via WHATSAPP, no SAMU na central de atendimento base Parnaíba.</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/158/req_111_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/158/req_111_2021.pdf</t>
   </si>
   <si>
     <t>Requerer do órgão competente a recuperação da passagem molhada que liga o Povoado Baixão ao Povoado Vidal.</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/159/req_112_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/159/req_112_2021.pdf</t>
   </si>
   <si>
     <t>Requerer do órgão competente a reforma do prédio municipal onde foi instalada a Unidade Escolar Justiniano Brito no povoado Santa Rosa Velha, zona Rural do município de Luís Correia (PI).</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/160/req_113_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/160/req_113_2021.pdf</t>
   </si>
   <si>
     <t>Requerer do órgão competente que seja feito a fiscalização da obra realizada pela empresa Terracon no Povoado Macapá.</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/161/req_114_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/161/req_114_2021.pdf</t>
   </si>
   <si>
     <t>Requerer do órgão competente a reestruturação, sinalização, redução da quantidade das lombadas no Povoado Macapá.</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/162/req_115_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/162/req_115_2021.pdf</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/163/req_116_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/163/req_116_2021.pdf</t>
   </si>
   <si>
     <t>Requer que seja encaminhado ofício para o Secretário de Estado da Saúde do Piauí, senhor Florentino Neto, solicitando do mesmo em caráter de urgência esforços no sentido de estudar a possibilidade de estender a cobertura do atendimento do SAMU da cidade de Cocal da Estação para a grande região do Brejinho, zona rural de Luís Correia, região esta que fica a pouco mais de 30 km da cidade mencionada.</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/164/req_117_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/164/req_117_2021.pdf</t>
   </si>
   <si>
     <t>Raspagem da estrada vicinal que liga os povoados Carnaubal, Bezerro Morto e Brandão, Zona Rural de Luís Correia (PI).</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/165/req_118_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/165/req_118_2021.pdf</t>
   </si>
   <si>
     <t>Requer a realização de Audiência Pública para tratar das Políticas Públicas para as Juventudes de Luís Correia.</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/166/req_119_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/166/req_119_2021.pdf</t>
   </si>
   <si>
     <t>Criação do CAT – Centro de Atendimento ao Turista – com espaço físico e digital.</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/167/req_120_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/167/req_120_2021.pdf</t>
   </si>
   <si>
     <t>Implantação de postes com iluminação e revitalização das quadras esportivas localizadas na Rua Projetada 111, no Bairro Triângulo.</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/168/req_121_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/168/req_121_2021.pdf</t>
   </si>
   <si>
     <t>Reforma da Escola Vicente Galeno no povoado São Benedito transformando em Posto de Saúde.</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
     <t>Gabriel Araújo</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/171/req_122_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/171/req_122_2021.pdf</t>
   </si>
   <si>
     <t>Requerer do órgão competente a recuperação do calcamento da Av. Manoel Borges bairro Triângulo.</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/172/req_123_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/172/req_123_2021.pdf</t>
   </si>
   <si>
     <t>Reforma do calçamento da Rua Projetada 12, Bairro Campos, Luís Correia-PI.</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/173/req_124_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/173/req_124_2021.pdf</t>
   </si>
   <si>
     <t>Requer a reforma da Unidade Escolar Machado de Assis no Povoado Baixa do Rocha.</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/174/req_125_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/174/req_125_2021.pdf</t>
   </si>
   <si>
     <t>Requer a reforma do Chafariz do Povoado Baixa do Rocha.</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/184/req_126_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/184/req_126_2021.pdf</t>
   </si>
   <si>
     <t>Recuperação do calçamento e instalação de postes com iluminação pública na Rua Filipe Fontinele localizada ao lado da Lagoa Grande – Bairro Centro.</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/185/req_127_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/185/req_127_2021.pdf</t>
   </si>
   <si>
     <t>Instalação de placas de sinalização de trânsito no Bairro Coqueiro da Praia.</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/186/req_128_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/186/req_128_2021.pdf</t>
   </si>
   <si>
     <t>Relação das escolas públicas municipais com previsão de reforma para o ano de 2021/2022.</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/187/req_129_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/187/req_129_2021.pdf</t>
   </si>
   <si>
     <t>Mapeamento dos times, organizações esportivas e dirigentes esportivos que atuam com os diversos tipos de esporte no município de Luís Correia.</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/188/req_130_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/188/req_130_2021.pdf</t>
   </si>
   <si>
     <t>Requer a reforma e ativação do Terminal Rodoviário Teobaldo lvo dos Santos no Povoado Camurupim.</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/189/req_131_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/189/req_131_2021.pdf</t>
   </si>
   <si>
     <t>Requer a implantação de um quebra-molas na Rua Crispim de Freitas e dá outras providências.</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/190/req_132_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/190/req_132_2021.pdf</t>
   </si>
   <si>
     <t>Requerer do órgão competente a recuperação do calçamento da Rua Henrique Veras bairro Santa Luzia.</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/193/req_133_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/193/req_133_2021.pdf</t>
   </si>
   <si>
     <t>Requerer do órgão competente a recuperação do calçamento da Afonso Serra bairro Centro.</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/194/req_134_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/194/req_134_2021.pdf</t>
   </si>
   <si>
     <t>Requer do órgão competente calçamento na Rua José Ferreira Veras Bairro Cereazinho Luís Correia</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/195/req_135_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/195/req_135_2021.pdf</t>
   </si>
   <si>
     <t>Requerer do órgão competente a recuperação do calçamento da rua José Ferreira bairro Centro</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/196/req_136_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/196/req_136_2021.pdf</t>
   </si>
   <si>
     <t>Requerer que seja encaminhado expediente ao gabinete da Prefeita Municipal solicitando o envio a essa Casa de Leis cópia da planilha orçamentária dos serviços de reforma dos Chafarizes que estão em andamento.</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/197/req_137_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/197/req_137_2021.pdf</t>
   </si>
   <si>
     <t>Requer que seja encaminhado oficio ao Poder Executivo Municipal solicitando o envio informações.</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/198/req_138_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/198/req_138_2021.pdf</t>
   </si>
   <si>
     <t>Requerer que seja enviado o oficio a secretaria de Saúde do Município de Luís Correia, Marcela Teles Furtado, solicitando o atendimento odontológico no posto de saúde da localidade Camurupim.</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/199/req_139_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/199/req_139_2021.pdf</t>
   </si>
   <si>
     <t>Requerer que seja enviado o oficio a secretaria de Saúde do Município de Luís Correia, Marcela Teles Furtado, seja regularizado o atendimento do medico na localidade Baixa do Rocha.</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/200/req_140_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/200/req_140_2021.pdf</t>
   </si>
   <si>
     <t>Requerer que seja enviado o oficio ao deputado federal Átila Freitas Lira, com endereço eletrônico, solicitar ao Ministro da Casa Civil Ciro Nogueira Lima Filho, junto ao DNIT, a criação de uma rotatória no ponto de encontro da BR 402 com a PI 301, sentido a cidade de Cajueiro da Praia – PI.</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/201/req_141_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/201/req_141_2021.pdf</t>
   </si>
   <si>
     <t>Requerer que seja enviado o oficio, Senhora Prefeita solicitando a recuperação do Poliesportivo Raimundinho Cabrinha da Localidade Camurupim.</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/202/req_142_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/202/req_142_2021.pdf</t>
   </si>
   <si>
     <t>Requerendo a disponibilização do carro odontológico no povoado Lagoa do Barro neste município.</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/203/req_143_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/203/req_143_2021.pdf</t>
   </si>
   <si>
     <t>Requer que seja realizada uma vistoria, no prédio onde funcionou a Creche no Povoado Lagoa do Camelo com objetivo de transformar o referido espaço em um Centro de Apoio aos Idosos.</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/204/req_144_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/204/req_144_2021.pdf</t>
   </si>
   <si>
     <t>Pedimos seja enviado ao Promotor de Luís Correia, Galeno Aristóteles Coelho Sá, endereço eletrônico que o mesmo solicite do município de Luís Correia, como esta sendo a distribuição de água nas comunidades através de caminhões pipas e quantos caminhões e capacidade de volume, e a nomeação dos membros da comissão da Defesa Civil.</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/205/req_145_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/205/req_145_2021.pdf</t>
   </si>
   <si>
     <t>Requerer que seja enviado o oficio a secretaria de Saúde do Município de Luís Correia, Marcela Teles Furtado, a viabilidade de implantação programa saúde da família (PSF), no povoado Jacobina.</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/206/req_146_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/206/req_146_2021.pdf</t>
   </si>
   <si>
     <t>Requer a reforma de todas as escolas da rede municipal atenda também as necessidades do protocolo sanitário para o retorno as aulas presenciais da cidade de Luís Correia-PI.</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/207/req_147_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/207/req_147_2021.pdf</t>
   </si>
   <si>
     <t>Requer a instalação de bueiros em alguns pontos da estrada que liga o povoado Poço Verde, Torrões a Igarana. Nos seguintes pontos: Um bueiro próximo ao mercantil Aí, no Poço Verde, e outro bueiro próximo a Salete e Benedito Rico em Torrões.</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/208/req_148_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/208/req_148_2021.pdf</t>
   </si>
   <si>
     <t>Reiterando o presente Requerimento em atenção a Senhora Prefeita e a Secretária Municipal de Saúde o estudo técnico para que seja construído um posto de saúde na comunidade Jacobina, e enquanto isso que seja reativado o antigo colégio para o atendimento provisório de saúde daquela comunidade.</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/209/req_149_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/209/req_149_2021.pdf</t>
   </si>
   <si>
     <t>Requer que seja realizado a recuperação da estrada que liga o povoado Cajazeiras, Vidal e São Bento, em como a instalação de bueiros em pontos estratégicos onde há necessidade.</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/</t>
   </si>
   <si>
     <t>Providencias ao Diretor da Equatorial do Piauí, endereço Av. Senador Joaquim Pires nº 305, Luís Correia, sobre os roubos de cabos na região quais as providencias foram tomadas e copias do BO (boletim de ocorrência), de janeiro a outubro de 2021.</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/217/req_151_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/217/req_151_2021.pdf</t>
   </si>
   <si>
     <t>Requer que seja feito a perfuração de um poço artesiano na comunidade Piões, zona rural de Luís Correia (PI), com se respectivo reservatório d’agua (chafariz).</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/218/req_152_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/218/req_152_2021.pdf</t>
   </si>
   <si>
     <t>Requer que seja executado a construção de uma Quadra Poliesportiva na região Brejinho.</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/219/req_153_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/219/req_153_2021.pdf</t>
   </si>
   <si>
     <t>Requer ampliação do estacionamento lateral do Ginásio Poliesportivo Lucido Portela neste município e a destinação da área de estacionamento para viaturas policiais.</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/220/req_154_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/220/req_154_2021.pdf</t>
   </si>
   <si>
     <t>Requer que seja encaminhado ao Secretário Estadual de Saúde Florentino Alves Veras Neto, a presente propositura, requerendo de Vossa Excelência a viabilidade de recursos para equipamentos de kit de fisioterapia para as UBS do Bairro Coqueiro da Praia e do Bairro Cearazinho.</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/221/req_155_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/221/req_155_2021.pdf</t>
   </si>
   <si>
     <t>Requer que seja encaminhado ao Secretário Estadual de Saúde Florentino Alves Veras Neto, a presente propositura, requerendo de Vossa Excelência a viabilidade de recursos para equipamentos de kit de fisioterapia para as UBS do Povoado Lagoa do Camelo, munícipio de Luís Correia.</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/222/req_156_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/222/req_156_2021.pdf</t>
   </si>
   <si>
     <t>Requerer do órgão competente a instalação de tambores de lixo, reposição de lâmpadas, limpeza e capina na Rua Adália.</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/223/req_157_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/223/req_157_2021.pdf</t>
   </si>
   <si>
     <t>Requer do poder executivo municipal junto com o órgão competente para que seja viabilizado a construção de Abrigos (Pontos de ônibus) em pontos estratégicos na cidade de Luís Correia.</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/224/req_158_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/224/req_158_2021.pdf</t>
   </si>
   <si>
     <t>Solicitando a implantação de lixeiras contêineres na praia de Atalaia.</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/225/req_159_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/225/req_159_2021.pdf</t>
   </si>
   <si>
     <t>Solicito a compreensão e a concordância dos meus colegas para que esta Casa Legislativa possa ceder um espaço na Sessão Ordinária do dia 26/11/2021 para o Senhor FABIANO OLIVEIRA ALMEIDA, engenheiro agrônomo, lotado na Secretaria Municipal de Agricultura de Luís Correia-PI.</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/226/req_160_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/226/req_160_2021.pdf</t>
   </si>
   <si>
     <t>Requerer da Excelentíssima Senhora Prefeita Municipal tomada de medidas para concessão de abono FUNDEB aos profissionais da Educação Básica da rede municipal de ensino (efetivo ou não) visando promover o cumprimento do disposto no Art.212-A, inciso XI da Constituição Federal e art.26 da Lei 14.113/2020 (NOVO FUNDEB).</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/227/req_161_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/227/req_161_2021.pdf</t>
   </si>
   <si>
     <t>Requerer do órgão competente a revitalização da faixa de pedestres em frente à Escola Pinheiro Machado e outras.</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Maria das Dores Fontenele Brito</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/23/pl_001_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/23/pl_001_2021.pdf</t>
   </si>
   <si>
     <t>Concede adequação da remuneração dos servidores da rede municipal da cidade de Luís Correia-Piauí para o ano de 2021, e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/24/pl_002_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/24/pl_002_2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o reajuste anual da remuneração dos servidores públicos efetivos e comissionados da Câmara Municipal de Luís Correia, com base no salário mínimo vigente.</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/25/pl_003_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/25/pl_003_2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a suspensão da atualização dos subsídios dos agentes políticos do Poder Legislativo municipal de Luís Correia para o ano de 2021.</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/33/pl_004_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/33/pl_004_2021.pdf</t>
   </si>
   <si>
     <t>Altera a redação do art. 1º da Lei Municipal nº 912, de 09 de novembro de 2017, para que se “define obrigações de pequeno valor no âmbito do Município” e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/34/pl_005_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/34/pl_005_2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instituição de rubrica temporária - Diária de Campo COVID-19, aos servidores da saúde que desempenham a função direta de combate e prevenção pandemia COVID-19, e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/35/pl_006_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/35/pl_006_2021.pdf</t>
   </si>
   <si>
     <t>Proíbe a entrada, a permanência e a circulação de veículos automotores nas praias de Luís Correia, e dá providências.</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/36/pl_007_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/36/pl_007_2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o reajuste dos benefícios pagos pelo Fundo Previdenciário do Município de Luís Correia que possuem direito ao reajuste na mesma data e índices aplicados ao RGPS.</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/37/pl_008_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/37/pl_008_2021.pdf</t>
   </si>
   <si>
     <t>Ratifica protocolo de intenções firmado entre Municípios brasileiros, com a finalidade de adquirir vacinas para combate à pandemia do coronavírus; medicamentos, insumos e equipamentos na área da saúde.</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/38/pl_009_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/38/pl_009_2021.pdf</t>
   </si>
   <si>
     <t>Regulamenta a concessão do beneficio por incapacidade temporária (Auxílio-Doença) em decorrência das obrigações contidas na Emenda Constitucional nº 103/2019.</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/39/pl_011_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/39/pl_011_2021.pdf</t>
   </si>
   <si>
     <t>Denominam de Ruas José Bina Apolinário Pereira e Maria Ester da Silva Santos logradouros públicos localizado no Bairro Beira Mar.</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/40/pl_012_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/40/pl_012_2021.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública a “Associação Comunitária dos Pequenos Produtores Rurais do Povoado Sobradinho”.</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/42/pl_014_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/42/pl_014_2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instituição de incentivo variável por desempenho de metas do Programa Previne Brasil e da outras providencias.</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/43/pl_015_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/43/pl_015_2021.pdf</t>
   </si>
   <si>
     <t>Autoriza a Prefeitura Criar o Auxílio Emergencial Municipal - AME LUÍS CORREIA para pessoas em situação de vulnerabilidade social agravada pela pandemia da doença infecciosa viral respiratória - novo Coronavírus (COVID-19), e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/44/pl_016_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/44/pl_016_2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a introdução de assistentes sociais e psicólogos no quadro de profissionais das Escolas Públicas Municipais de Luís Correia, para ajudar alunos, familiares, professores e direção escolar em suas diversas relações.</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/45/pl_017_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/45/pl_017_2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração do nome da Travessa Sen. Joaquim Pires, localizada no Centro de Luís Correia cep: 64220-000, passando a ser denominada de Rua Maria do Socorro Abílio Galeno.</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/29/pl_018_ldo_2022.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/29/pl_018_ldo_2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes Orçamentárias para o Exercício Financeiro de 2022 e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/46/pl_019_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/46/pl_019_2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a reestruturação do Conselho Municipal de Acompanhamento e Controle Social doFundo de Manutenção e Desenvolvimento da Educação Básica e de Valorização dos Profissionais da Educação – CACS -FUNDEB, em conformidade com o artigo 212-A da Constituição Federal, regulamentado na forma da Lei Federal nº 14.113, de 25 de dezembro de 2020 e da outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/47/pl_020_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/47/pl_020_2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre alteração da lei n° 753, de 12 de julho de 2013, que institui o PMAQ-AE, instituindo o programa de incentivo variável por desempenho de metas do Programa Previne Brasil e da outras providencias.</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/48/pl_021_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/48/pl_021_2021.pdf</t>
   </si>
   <si>
     <t>Denominam de Ruas Aloisio de Souza e Dario Lima de Araújo os logradouros públicos localizado no Bairro Campos e Povoado Campestre</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/30/pl_022_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/30/pl_022_2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Criação da Coordenadoria Municipal de Políticas para Mulher, vinculada ao Gabinete da Prefeita e dá outras providências.</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/49/pl_023_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/49/pl_023_2021.pdf</t>
   </si>
   <si>
     <t>Denomina de Praça Luzia Nóbrega de Oliveira, localizada no Povoado Brejinho de Fátima, Zona Rural do munícipio de Luís Correia (PI).</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/50/pl_025_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/50/pl_025_2021.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir Crédito Adicional Especial na Lei Orçamentária do Exercício de 2021, objetivando a execução de despesas com recursos do VAAT/FUNDEB.</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/51/pl_026_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/51/pl_026_2021.pdf</t>
   </si>
   <si>
     <t>Institui o Programa de Benefício Fiscal – REFIS, no Município de Luís Correia – PI.</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/191/loa_2022_atual.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/191/loa_2022_atual.pdf</t>
   </si>
   <si>
     <t>Estima a Receita e Fixa a Despesa do Orçamento do Município de Luís Correia, para o Exercício Financeiro de 2022.</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/210/pl_028_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/210/pl_028_2021.pdf</t>
   </si>
   <si>
     <t>Denomina de Praça Manoel Alves de Aguiar “Manoel Senhora”, localizada no povoado Pé da Serra, Brejinho, zona rural do munícipio de Luís Correia(PI).</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/214/pl_029_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/214/pl_029_2021.pdf</t>
   </si>
   <si>
     <t>Regulamenta a nova Taxa de Administração para o custeio das despesas correntes e de capital necessárias à organização e ao funcionamento do Regime Próprio de Previdência e dá outras providências.</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/215/pl_030_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/215/pl_030_2021.pdf</t>
   </si>
   <si>
     <t>Institui o Regime de Previdência Complementar no âmbito do Município de Luís Correia/PI; fixa o limite máximo para a concessão de aposentadorias e pensões pelo regime de previdência de que trata o art. 40 da Constituição Federal; autoriza a adesão a plano de benefícios de previdência complementar; e dá outras providências.</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/216/pl_031_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/216/pl_031_2021.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre o Plano Plurianual para o quadriênio 2022/2025 e dá outras providências"</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/256/pl_032_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/256/pl_032_2021.pdf</t>
   </si>
   <si>
     <t>Denomina de Rua Rochelia Secundo a rua antes conhecida como Projetada Doze, localizada no bairro Campos, e dá outras providências.</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/257/pl_033_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/257/pl_033_2021.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 860, de 24 de junho de 2016, que Dispõe sobre a criação do Conselho Municipal da Juventude, e dá outras providências, dando nova redação ao artigo 3º, e ao inciso I do mesmo artigo e acrescentando alíneas ao inciso I.</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/258/pl_034_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/258/pl_034_2021.pdf</t>
   </si>
   <si>
     <t>Altera o caput do Art. 3º da Lei Municipal nº 1007/2021 que regulamenta a concessão do benefício por incapacidade temporária e dá outras providências.</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/261/pl_035_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/261/pl_035_2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o rateio da sobra/superávit dos recursos do Fundo de Manutenção e Desenvolvimento da Educação Básica e de Valorização dos Profissionais da Educação - FUNDEB com os profissionais do magistério da educação básica e da outras providências.</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/259/pl_036_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/259/pl_036_2021.pdf</t>
   </si>
   <si>
     <t>Denomina de Rua Coronel Iran Mendes a rua antes conhecida como Projetada 01, localizada no Bairro Atalaia, e dá outras providências.</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/260/pl_037_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/260/pl_037_2021.pdf</t>
   </si>
   <si>
     <t>Institui no município de Luís Correia a “Semana Municipal do Primeiro Emprego”, a ser realizada, anualmente, a partir do dia 24 de abril.</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/41/pl_013_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/41/pl_013_2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade de sistema de rodízio em sistema de plantão de Atendimento 24 (vinte e quatro) horas para Farmácias e Drogarias no Município de Luís Correia, e dá outras providências.</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/31/pdl_001_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/31/pdl_001_2021.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a outorga do Título de Cidadão Luiscorreiense ao Reverendíssimo Senhor Monsenhor Marcelino Elias de Macedo.</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
     <t>Dispõe sobre a outorga do título de cidadã luís-correiense a senhora Maria Dulce Pires de Almeida.</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/177/indicacao_001_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/177/indicacao_001_2021.pdf</t>
   </si>
   <si>
     <t>Indicação para à implantação do Projeto Eco Ponto (Pontos de Coleta de materiais recicláveis/plástico) no município de Luís Correia-PI.</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/178/indicacao_002_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/178/indicacao_002_2021.pdf</t>
   </si>
   <si>
     <t>Recomenda providências para apresentação de um Projeto de Lei (caso o município de Luís Correia não disponha) sobre a instituição e regulamentação do Serviço de Inspeção Municipal – SIM, bem como a necessidade para que o serviço funcione da contratação de um veterinário e um fiscal, e os procedimentos de inspeção sanitária em estabelecimentos que produzam produtos de origem animal no nosso município.</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/179/indicacao_003_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/179/indicacao_003_2021.pdf</t>
   </si>
   <si>
     <t>Indica que o Poder Executivo Municipal viabilize a construção de um galpão para feira livre do povoado Brejinho de Fátima, e da outras providências.</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/180/indicacao_004_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/180/indicacao_004_2021.pdf</t>
   </si>
   <si>
     <t>Indica que o Poder Executivo Municipal juntamente com secretaria competente a necessidade de reativar as salas odontológicas das UBSs Areolino Miranda Brito e Nelson Miranda Brito na grande região Brejinho.</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/181/indicacao_005_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/181/indicacao_005_2021.pdf</t>
   </si>
   <si>
     <t>Construção de uma Creche no Povoado Brejinho, Zona Rural de Luís Correia (PI).</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/182/indicacao_006_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/182/indicacao_006_2021.pdf</t>
   </si>
   <si>
     <t>Indicação ao Poder Executivo a Criação de Programa alusiva a Semana Municipal da Juventude instituída por meio da Lei Municipal nº 858 de 24 de junho de 2016.</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/183/indicacao_007_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/183/indicacao_007_2021.pdf</t>
   </si>
   <si>
     <t>Indica a elaboração de Lei de criação de Programa de Estágios Remunerados para Estudantes dos Níveis Médio e Superior, nos diversos setores da Administração Pública Municipal.</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/176/moncao_001_2021.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/176/moncao_001_2021.pdf</t>
   </si>
   <si>
     <t>Monção de Pesar à Família Veras de Brito, pelo falecimento do Sr Francisco das Chagas Brito (Chagas Doca) ocorrido no dia 06 de março de 2021</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
     <t>EMD</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
     <t>Gy</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
     <t>VETO</t>
   </si>
   <si>
     <t>Razões do Veto</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/169/veto_executivo_emenda_02_pl_018.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/169/veto_executivo_emenda_02_pl_018.pdf</t>
   </si>
   <si>
     <t>Cumpre comunicar-lhe que, na forma do disposto no artigo 34, § 1º, da Lei Orgânica do Município, decido VETAR as emendas mencionadas abaixo, referentes ao Prometo de Lei n.º 018/2021, de autoria deste Poder Executivo, que dispõe sobre as Diretrizes Orçamentárias para o exercício financeiro de 2022, pelas justificativas apresentadas a seguir. EMENDA Nº 002/2021</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/170/veto_executivo_emenda_03_pl_018.pdf</t>
+    <t>http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/170/veto_executivo_emenda_03_pl_018.pdf</t>
   </si>
   <si>
     <t>Cumpre comunicar-lhe que, na forma do disposto no artigo 34, § 1º, da Lei Orgânica do Município, decido VETAR as emendas mencionadas abaixo, referentes ao Prometo de Lei n.º 018/2021, de autoria deste Poder Executivo, que dispõe sobre as Diretrizes Orçamentárias para o exercício financeiro de 2022, pelas justificativas apresentadas a seguir. EMENDA Nº 003/2021</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -2388,68 +2388,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/26/req_001_2021.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/27/req_002_2021.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/52/req_003_2021.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/53/req_004_2021.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/54/req_005_2021.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/55/req_006_2021.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/56/req_007_2021.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/57/req_008_2021.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/58/req_009_2021.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/59/req_010_2021.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/60/req_011_2021.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/61/req_012_2021.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/62/req_013_2021.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/63/req_014_2021.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/64/req_015_2021.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/65/req_016_2021.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/66/req_017_2021.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/67/req_018_2021.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/68/req_019_2021.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/69/req_020_2021.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/70/req_021_2021.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/71/req_022_2021.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/72/req_023_2021.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/73/req_024_2021.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/74/req_025_2021.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/75/req_026_2021.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/76/req_027_2021.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/77/req_028_2021.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/78/req_029_2021.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/79/req_030_2021.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/80/req_031_2021.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/81/req_032_2021.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/82/req_033_2021.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/83/req_034_2021.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/84/req_035_2021.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/85/req_036_2021.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/86/req_037_2021.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/87/req_038_2021.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/88/req_039_2021.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/89/req_040_2021.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/147/req_041_2021.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/90/req_042_2021.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/91/req_043_2021.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/92/req_044_2021.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/93/req_045_2021.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/94/req_046_2021.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/95/req_047_2021.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/96/req_048_2021.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/97/req_049_2021.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/99/req_051_2021.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/100/req_052_2021.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/148/req_053_2021.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/101/req_054_2021.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/102/req_055_2021.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/103/req_056_2021.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/104/req_057_2021.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/149/req_058_2021.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/105/req_060_2021.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/106/req_061_2021.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/107/req_062_2021.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/109/req_064_2021.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/110/req_065_2021.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/111/req_066_2021.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/175/req_067_2021.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/112/req_068_2021.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/113/req_069_2021.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/114/req_070_2021.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/115/req_071_2021.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/116/req_072_2021.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/117/req_073_2021.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/118/req_074_2021.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/119/req_075_2021.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/120/req_076_2021.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/121/req_077_2021.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/122/req_078_2021.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/123/req_079_2021.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/124/req_080_2021.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/126/req_082_2021.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/127/req_083_2021.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/152/req_084_2021.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/153/req_085_2021.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/154/req_086_2021.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/155/req_087_2021.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/156/req_088_2021.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/150/req_089_2021.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/151/req_090_2021.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/128/req_091_2021.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/129/req_092_2021.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/130/req_093_2021.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/157/req_095_2021.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/132/req_096_2021.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/133/req_097_2021.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/134/req_098_2021.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/135/req_099_2021.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/136/req_100_2021.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/137/req_101_2021.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/138/req_102_2021.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/139/req_103_2021.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/140/req_104_2021.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/141/req_105_2021.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/142/req_106_2021.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/143/req_107_2021.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/144/req_108_2021.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/145/req_109_2021.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/146/req_110_2021.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/158/req_111_2021.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/159/req_112_2021.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/160/req_113_2021.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/161/req_114_2021.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/162/req_115_2021.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/163/req_116_2021.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/164/req_117_2021.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/165/req_118_2021.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/166/req_119_2021.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/167/req_120_2021.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/168/req_121_2021.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/171/req_122_2021.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/172/req_123_2021.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/173/req_124_2021.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/174/req_125_2021.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/184/req_126_2021.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/185/req_127_2021.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/186/req_128_2021.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/187/req_129_2021.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/188/req_130_2021.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/189/req_131_2021.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/190/req_132_2021.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/193/req_133_2021.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/194/req_134_2021.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/195/req_135_2021.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/196/req_136_2021.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/197/req_137_2021.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/198/req_138_2021.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/199/req_139_2021.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/200/req_140_2021.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/201/req_141_2021.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/202/req_142_2021.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/203/req_143_2021.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/204/req_144_2021.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/205/req_145_2021.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/206/req_146_2021.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/207/req_147_2021.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/208/req_148_2021.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/209/req_149_2021.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/217/req_151_2021.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/218/req_152_2021.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/219/req_153_2021.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/220/req_154_2021.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/221/req_155_2021.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/222/req_156_2021.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/223/req_157_2021.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/224/req_158_2021.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/225/req_159_2021.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/226/req_160_2021.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/227/req_161_2021.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/23/pl_001_2021.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/24/pl_002_2021.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/25/pl_003_2021.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/33/pl_004_2021.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/34/pl_005_2021.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/35/pl_006_2021.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/36/pl_007_2021.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/37/pl_008_2021.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/38/pl_009_2021.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/39/pl_011_2021.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/40/pl_012_2021.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/42/pl_014_2021.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/43/pl_015_2021.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/44/pl_016_2021.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/45/pl_017_2021.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/29/pl_018_ldo_2022.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/46/pl_019_2021.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/47/pl_020_2021.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/48/pl_021_2021.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/30/pl_022_2021.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/49/pl_023_2021.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/50/pl_025_2021.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/51/pl_026_2021.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/191/loa_2022_atual.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/210/pl_028_2021.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/214/pl_029_2021.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/215/pl_030_2021.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/216/pl_031_2021.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/256/pl_032_2021.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/257/pl_033_2021.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/258/pl_034_2021.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/261/pl_035_2021.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/259/pl_036_2021.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/260/pl_037_2021.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/41/pl_013_2021.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/31/pdl_001_2021.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/177/indicacao_001_2021.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/178/indicacao_002_2021.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/179/indicacao_003_2021.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/180/indicacao_004_2021.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/181/indicacao_005_2021.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/182/indicacao_006_2021.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/183/indicacao_007_2021.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/176/moncao_001_2021.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/169/veto_executivo_emenda_02_pl_018.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/170/veto_executivo_emenda_03_pl_018.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/26/req_001_2021.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/27/req_002_2021.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/52/req_003_2021.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/53/req_004_2021.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/54/req_005_2021.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/55/req_006_2021.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/56/req_007_2021.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/57/req_008_2021.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/58/req_009_2021.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/59/req_010_2021.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/60/req_011_2021.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/61/req_012_2021.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/62/req_013_2021.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/63/req_014_2021.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/64/req_015_2021.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/65/req_016_2021.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/66/req_017_2021.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/67/req_018_2021.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/68/req_019_2021.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/69/req_020_2021.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/70/req_021_2021.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/71/req_022_2021.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/72/req_023_2021.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/73/req_024_2021.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/74/req_025_2021.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/75/req_026_2021.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/76/req_027_2021.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/77/req_028_2021.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/78/req_029_2021.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/79/req_030_2021.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/80/req_031_2021.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/81/req_032_2021.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/82/req_033_2021.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/83/req_034_2021.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/84/req_035_2021.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/85/req_036_2021.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/86/req_037_2021.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/87/req_038_2021.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/88/req_039_2021.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/89/req_040_2021.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/147/req_041_2021.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/90/req_042_2021.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/91/req_043_2021.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/92/req_044_2021.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/93/req_045_2021.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/94/req_046_2021.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/95/req_047_2021.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/96/req_048_2021.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/97/req_049_2021.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/99/req_051_2021.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/100/req_052_2021.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/148/req_053_2021.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/101/req_054_2021.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/102/req_055_2021.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/103/req_056_2021.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/104/req_057_2021.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/149/req_058_2021.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/105/req_060_2021.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/106/req_061_2021.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/107/req_062_2021.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/109/req_064_2021.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/110/req_065_2021.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/111/req_066_2021.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/175/req_067_2021.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/112/req_068_2021.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/113/req_069_2021.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/114/req_070_2021.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/115/req_071_2021.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/116/req_072_2021.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/117/req_073_2021.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/118/req_074_2021.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/119/req_075_2021.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/120/req_076_2021.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/121/req_077_2021.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/122/req_078_2021.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/123/req_079_2021.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/124/req_080_2021.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/126/req_082_2021.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/127/req_083_2021.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/152/req_084_2021.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/153/req_085_2021.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/154/req_086_2021.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/155/req_087_2021.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/156/req_088_2021.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/150/req_089_2021.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/151/req_090_2021.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/128/req_091_2021.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/129/req_092_2021.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/130/req_093_2021.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/157/req_095_2021.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/132/req_096_2021.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/133/req_097_2021.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/134/req_098_2021.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/135/req_099_2021.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/136/req_100_2021.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/137/req_101_2021.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/138/req_102_2021.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/139/req_103_2021.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/140/req_104_2021.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/141/req_105_2021.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/142/req_106_2021.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/143/req_107_2021.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/144/req_108_2021.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/145/req_109_2021.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/146/req_110_2021.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/158/req_111_2021.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/159/req_112_2021.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/160/req_113_2021.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/161/req_114_2021.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/162/req_115_2021.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/163/req_116_2021.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/164/req_117_2021.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/165/req_118_2021.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/166/req_119_2021.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/167/req_120_2021.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/168/req_121_2021.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/171/req_122_2021.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/172/req_123_2021.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/173/req_124_2021.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/174/req_125_2021.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/184/req_126_2021.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/185/req_127_2021.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/186/req_128_2021.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/187/req_129_2021.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/188/req_130_2021.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/189/req_131_2021.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/190/req_132_2021.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/193/req_133_2021.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/194/req_134_2021.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/195/req_135_2021.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/196/req_136_2021.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/197/req_137_2021.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/198/req_138_2021.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/199/req_139_2021.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/200/req_140_2021.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/201/req_141_2021.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/202/req_142_2021.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/203/req_143_2021.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/204/req_144_2021.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/205/req_145_2021.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/206/req_146_2021.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/207/req_147_2021.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/208/req_148_2021.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/209/req_149_2021.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/217/req_151_2021.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/218/req_152_2021.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/219/req_153_2021.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/220/req_154_2021.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/221/req_155_2021.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/222/req_156_2021.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/223/req_157_2021.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/224/req_158_2021.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/225/req_159_2021.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/226/req_160_2021.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/227/req_161_2021.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/23/pl_001_2021.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/24/pl_002_2021.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/25/pl_003_2021.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/33/pl_004_2021.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/34/pl_005_2021.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/35/pl_006_2021.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/36/pl_007_2021.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/37/pl_008_2021.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/38/pl_009_2021.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/39/pl_011_2021.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/40/pl_012_2021.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/42/pl_014_2021.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/43/pl_015_2021.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/44/pl_016_2021.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/45/pl_017_2021.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/29/pl_018_ldo_2022.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/46/pl_019_2021.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/47/pl_020_2021.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/48/pl_021_2021.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/30/pl_022_2021.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/49/pl_023_2021.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/50/pl_025_2021.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/51/pl_026_2021.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/191/loa_2022_atual.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/210/pl_028_2021.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/214/pl_029_2021.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/215/pl_030_2021.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/216/pl_031_2021.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/256/pl_032_2021.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/257/pl_033_2021.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/258/pl_034_2021.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/261/pl_035_2021.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/259/pl_036_2021.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/260/pl_037_2021.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/41/pl_013_2021.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/31/pdl_001_2021.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/177/indicacao_001_2021.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/178/indicacao_002_2021.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/179/indicacao_003_2021.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/180/indicacao_004_2021.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/181/indicacao_005_2021.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/182/indicacao_006_2021.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/183/indicacao_007_2021.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/176/moncao_001_2021.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/169/veto_executivo_emenda_02_pl_018.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.luiscorreia.pi.leg.br/media/sapl/public/materialegislativa/2021/170/veto_executivo_emenda_03_pl_018.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H205"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="29.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="108" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="107.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>